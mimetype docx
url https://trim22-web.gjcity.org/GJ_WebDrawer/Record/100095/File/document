--- v0 (2025-12-07)
+++ v1 (2026-01-22)
@@ -1740,50 +1740,86 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1F858722" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="233BED14" w14:textId="77777777" w:rsidR="002D097D" w:rsidRPr="000C0003" w:rsidRDefault="002D097D" w:rsidP="002D097D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Speak, read, write, and comprehend the English language at a level necessary to accomplish job requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F53F71E" w14:textId="77777777" w:rsidR="002D097D" w:rsidRDefault="002D097D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="609DF313" w14:textId="77777777" w:rsidR="00EB763A" w:rsidRDefault="00EB763A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26831AF0" w14:textId="77777777" w:rsidR="0043603A" w:rsidRDefault="005936F0" w:rsidP="0043603A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2743,101 +2779,101 @@
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AA7C1C" w:rsidSect="005E6CA1">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03165663" w14:textId="77777777" w:rsidR="005E6CA1" w:rsidRDefault="005E6CA1">
+    <w:p w14:paraId="07B321FF" w14:textId="77777777" w:rsidR="00F03854" w:rsidRDefault="00F03854">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C4E64D1" w14:textId="77777777" w:rsidR="005E6CA1" w:rsidRDefault="005E6CA1">
+    <w:p w14:paraId="749EBD18" w14:textId="77777777" w:rsidR="00F03854" w:rsidRDefault="00F03854">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="63612D93" w14:textId="77777777" w:rsidR="00BE3141" w:rsidRDefault="00BE3141"/>
-  <w:p w14:paraId="221E482E" w14:textId="3FB4BED8" w:rsidR="00BE3141" w:rsidRDefault="00BE3141">
+  <w:p w14:paraId="221E482E" w14:textId="1F8FA789" w:rsidR="00BE3141" w:rsidRDefault="00BE3141">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2910,61 +2946,73 @@
     </w:r>
     <w:r w:rsidR="00EB46F0">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00EB46F0">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00EB46F0">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00EB46F0">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004F142A">
+    <w:r w:rsidR="002D097D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="005804BC">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>6/30/2025</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="002D097D">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r w:rsidR="005804BC">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AB4C4FA" w14:textId="77777777" w:rsidR="00BE3141" w:rsidRDefault="00BE3141"/>
   <w:p w14:paraId="73F56557" w14:textId="77777777" w:rsidR="00BE3141" w:rsidRDefault="00BE3141">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -3057,97 +3105,97 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="411A4891" w14:textId="77777777" w:rsidR="005E6CA1" w:rsidRDefault="005E6CA1">
+    <w:p w14:paraId="1D20FA05" w14:textId="77777777" w:rsidR="00F03854" w:rsidRDefault="00F03854">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57E5896E" w14:textId="77777777" w:rsidR="005E6CA1" w:rsidRDefault="005E6CA1">
+    <w:p w14:paraId="2F461498" w14:textId="77777777" w:rsidR="00F03854" w:rsidRDefault="00F03854">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3AADBDCB" w14:textId="77777777" w:rsidR="00BE3141" w:rsidRPr="00CC53B2" w:rsidRDefault="00BE3141" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3656EE8C" w14:textId="77777777" w:rsidR="00BE3141" w:rsidRPr="00CC53B2" w:rsidRDefault="00BE3141">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
@@ -3212,52 +3260,52 @@
         <w:spacing w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39FAFD38" w14:textId="77777777" w:rsidR="00BE3141" w:rsidRDefault="00BE3141" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6CD11499" w14:textId="77777777" w:rsidR="00BE3141" w:rsidRDefault="00BE3141" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2C1027D2" w14:textId="77777777" w:rsidR="00BE3141" w:rsidRPr="00BE6C23" w:rsidRDefault="00BE3141" w:rsidP="00BE6C23">
@@ -3845,50 +3893,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EEC4F92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D144A5DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D244A3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="787A4A28"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3973,54 +4110,57 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1909075501">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="549075400">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1989241294">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1319260476">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1148521217">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1592354415">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="90511110">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -4054,50 +4194,51 @@
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
     <w:rsid w:val="00006191"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="00064B9C"/>
     <w:rsid w:val="00077BAA"/>
     <w:rsid w:val="000B7BD6"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002779ED"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002B2F95"/>
     <w:rsid w:val="002B7E17"/>
+    <w:rsid w:val="002D097D"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="00373558"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="00416BBA"/>
     <w:rsid w:val="0043603A"/>
     <w:rsid w:val="004A5D61"/>
     <w:rsid w:val="004B60AB"/>
     <w:rsid w:val="004D5B25"/>
     <w:rsid w:val="004F142A"/>
     <w:rsid w:val="004F629E"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="005804BC"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005E5B2E"/>
     <w:rsid w:val="005E6CA1"/>
     <w:rsid w:val="0062665A"/>
     <w:rsid w:val="00670753"/>
     <w:rsid w:val="006723CF"/>
     <w:rsid w:val="00685BD5"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006C7671"/>
     <w:rsid w:val="006E251B"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="00722DC1"/>
     <w:rsid w:val="00747B8A"/>
@@ -4107,85 +4248,87 @@
     <w:rsid w:val="007A78C3"/>
     <w:rsid w:val="007C2D79"/>
     <w:rsid w:val="007D0C26"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008423E6"/>
     <w:rsid w:val="008A7E86"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00987E41"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009F6AB3"/>
     <w:rsid w:val="00A80AE5"/>
     <w:rsid w:val="00AA7C1C"/>
     <w:rsid w:val="00B2122D"/>
     <w:rsid w:val="00B57A0F"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00BE3141"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C1418A"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C9476D"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00CD7B51"/>
+    <w:rsid w:val="00D65EC4"/>
     <w:rsid w:val="00D93F5D"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DC2793"/>
     <w:rsid w:val="00DC445A"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E75421"/>
     <w:rsid w:val="00E950EE"/>
     <w:rsid w:val="00EB46F0"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00EE3691"/>
+    <w:rsid w:val="00F03854"/>
     <w:rsid w:val="00F03DE0"/>
     <w:rsid w:val="00F171AF"/>
     <w:rsid w:val="00F35B72"/>
     <w:rsid w:val="00F3642C"/>
     <w:rsid w:val="00F57471"/>
     <w:rsid w:val="00FD62E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="65F08B91"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{601F4C93-7398-4E66-9FBA-9C908C05A8FA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -4503,50 +4646,68 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BE6C23"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D097D"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -4845,62 +5006,62 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -5004,109 +5165,109 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D837C400-0A79-4D33-94AB-D84DA2D87D95}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEC2FAED-8154-4F36-888B-A3E50C140C30}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEC2FAED-8154-4F36-888B-A3E50C140C30}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D837C400-0A79-4D33-94AB-D84DA2D87D95}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81410F52-A726-4FFA-8167-515A895A7BFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>800</Words>
-  <Characters>4562</Characters>
+  <Words>816</Words>
+  <Characters>4656</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5352</CharactersWithSpaces>
+  <CharactersWithSpaces>5462</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>