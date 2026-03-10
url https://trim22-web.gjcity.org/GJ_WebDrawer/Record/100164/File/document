--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -1,51 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="41D6B16E" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6461ACC3" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -386,76 +391,76 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Receives direction from the Traffic Supervisor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304647F9" w14:textId="77777777" w:rsidR="00D27A34" w:rsidRDefault="00D27A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1343E018" w14:textId="77777777" w:rsidR="005D24D7" w:rsidRDefault="005D24D7">
+    <w:p w14:paraId="1343E018" w14:textId="74B6BBA1" w:rsidR="005D24D7" w:rsidRDefault="005D24D7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Exercises lead supervision over </w:t>
       </w:r>
       <w:r w:rsidR="00D27A34">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">assigned traffic and signal </w:t>
+        <w:t xml:space="preserve">assigned traffic </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>staff.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF8BAE2" w14:textId="77777777" w:rsidR="00C15C8B" w:rsidRDefault="00C15C8B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A26327D" w14:textId="77777777" w:rsidR="003C2AD9" w:rsidRDefault="003C2AD9">
@@ -666,323 +671,293 @@
         <w:instrText xml:space="preserve">seq level7 \h \r0 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Design and fabricate a wide variety of traffic signs using a computerized sign machine; identify and prepare supplies and equipment needed for each assigned project; install and repair signs as needed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7A206F" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B3B303F" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
+    <w:p w14:paraId="4DC4D0EB" w14:textId="10FA2D3C" w:rsidR="00776128" w:rsidRDefault="00C13E8F" w:rsidP="00776128">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Participate in the construction and installation of traffic signals; participate in on-site troubleshooting, repair, and maintenance of traffic signal control devices, fiber optics systems, street lighting, radio communication systems and auxiliary equipment.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="68B6A658" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
+      </w:r>
+      <w:r w:rsidR="00776128">
+        <w:t>Supervise the layout, maintenance, and installation of new traffic control striping; paint, tape, lane lines, center lines, crosswalks, arrows, stop bars, railroad crossings, parking stalls, curbs and other pavement markings; use preformed thermoplastic for assigned markings; remove existing markings no longer needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BF6746" w14:textId="77777777" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00C13E8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4218666B" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
-[...8 lines deleted...]
-        <w:ind w:left="540" w:hanging="540"/>
+    <w:p w14:paraId="7DE5DE41" w14:textId="77777777" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00776128">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
-        <w:tab/>
-[...56 lines deleted...]
-      <w:r w:rsidR="00C13E8F">
         <w:tab/>
         <w:t>Design and set up safe and effective traffic control, including street barricades and cones, prior to the performance of activities to ensure public and worker safety through work zones; direct and control traffic around work sites.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BFEC22F" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00D065AA">
+    <w:p w14:paraId="768C59EC" w14:textId="77777777" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00776128">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="376C54A6" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
+    <w:p w14:paraId="0162ABBF" w14:textId="6D7BAD8B" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00776128">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
-        <w:t>6.</w:t>
+        <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Estimate time, materials and equipment required for jobs assigned; requisition and purchase supplies and materials as required; assist in developing contract specifications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F83A66" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
-[...11 lines deleted...]
-    <w:p w14:paraId="3AE52995" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
+    <w:p w14:paraId="41637F5A" w14:textId="77777777" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00776128">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="211965AF" w14:textId="4FFA8906" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00776128">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
-        <w:t>7.</w:t>
+        <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Review the work of assigned employees for accuracy, proper work methods, techniques and compliance with applicable standards and specifications; ensure adherence to safe work practices and procedures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0478FA65" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
+    <w:p w14:paraId="665E9C2D" w14:textId="77777777" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00776128">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="302AB030" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
+    <w:p w14:paraId="569A4DA0" w14:textId="7341842B" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00776128">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
-        <w:t>8.</w:t>
+        <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Maintain and update assigned database system and records; input work orders, update maps, and track work accomplished; gather information necessary to maintain database; generate regular reports according to established guidelines.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B5DD74" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
+    <w:p w14:paraId="78A0E6D0" w14:textId="77777777" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00776128">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BFD97F1" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
+    <w:p w14:paraId="4FC3A4C9" w14:textId="295DAA10" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00776128">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Operate the full range of maintenance and electronic equipment including fork lift, hi-lift bucket and platform trucks, road marking equipment, loaders, backhoes, power tools, volt meters, frequency counters, and other specialized maintenance and construction equipment; perform safety and maintenance inspections on assigned vehicle(s); perform routine vehicle repairs in the field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8EBCB2" w14:textId="77777777" w:rsidR="00776128" w:rsidRDefault="00776128" w:rsidP="00E6727D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B3B303F" w14:textId="5A8E53B9" w:rsidR="00C13E8F" w:rsidRDefault="00776128" w:rsidP="00C13E8F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:r>
         <w:t>9.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Operate the full range of maintenance and electronic equipment including fork lift, hi-lift bucket and platform trucks, road marking equipment, loaders, backhoes, power tools, volt meters, frequency counters, and other specialized maintenance and construction equipment; perform safety and maintenance inspection</w:t>
-[...24 lines deleted...]
-        <w:ind w:left="523" w:hanging="523"/>
+      </w:r>
+      <w:r w:rsidR="00C13E8F">
+        <w:t xml:space="preserve">Participate in </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51BD5">
+        <w:t>basic troubleshooting of traffic signal</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F79">
+        <w:t xml:space="preserve"> maintenance and repair. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ABAA223" w14:textId="5BB913CE" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00776128">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04EAEB4A" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="001C6C75">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Respond to public inquiries in a courteous manner; provide information within the area of assignment; prepare for special events, street lighting, and other community needs; resolve complaints in an efficient and timely manner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43512FCD" w14:textId="77777777" w:rsidR="00C13E8F" w:rsidRDefault="00C13E8F" w:rsidP="00C13E8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:t>11.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Perform work in on-call and emergency situations; serve on a 24-hour standby basis as required.</w:t>
@@ -1162,64 +1137,67 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Leadworker concepts and practices, including training and scheduling of staff.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1118D77C" w14:textId="77777777" w:rsidR="00D90AE1" w:rsidRDefault="00D90AE1" w:rsidP="00D90AE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:t>Operations, services and activities of a traffic control sign and road marking program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010F7C1A" w14:textId="77777777" w:rsidR="00AD285D" w:rsidRDefault="00AD285D" w:rsidP="00AD285D">
+    <w:p w14:paraId="010F7C1A" w14:textId="469F5210" w:rsidR="00AD285D" w:rsidRDefault="00AD285D" w:rsidP="00AD285D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
-        <w:t>Methods, techniques, materials, equipment, and tools used in the fabrication, installation, maintenance, and repair of street and traffic signs, markings, and related traffic signal systems.</w:t>
+        <w:t xml:space="preserve">Methods, techniques, materials, equipment, and tools used in the fabrication, installation, maintenance, and repair of street and traffic signs, </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0F79">
+        <w:t>and markings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A18B2EF" w14:textId="77777777" w:rsidR="00AD285D" w:rsidRDefault="00AD285D" w:rsidP="00AD285D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:t>Occupational hazards and standard safety practices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30954B3A" w14:textId="77777777" w:rsidR="008E0522" w:rsidRDefault="008E0522" w:rsidP="008E0522">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -1539,63 +1517,66 @@
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Design and set </w:t>
       </w:r>
       <w:r w:rsidR="00380D7A">
         <w:t>up effective traffic control.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1740D121" w14:textId="77777777" w:rsidR="008E0522" w:rsidRDefault="008E0522" w:rsidP="008E0522">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:t>Read and interpret basic maps and blueprints.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA38AE6" w14:textId="77777777" w:rsidR="008E0522" w:rsidRDefault="008E0522" w:rsidP="008E0522">
-[...11 lines deleted...]
-        <w:t>Troubleshoot and solve electronic traffic signal defects.</w:t>
+    <w:p w14:paraId="2CA38AE6" w14:textId="2A253B54" w:rsidR="008E0522" w:rsidRDefault="003F0F79" w:rsidP="008E0522">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Conduct general troubleshooting to identify </w:t>
+      </w:r>
+      <w:r w:rsidR="008E0522">
+        <w:t>traffic signal defects.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19145DF8" w14:textId="77777777" w:rsidR="00234A79" w:rsidRDefault="00234A79" w:rsidP="00234A79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain accurate records, logs, and files.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D65A05A" w14:textId="77777777" w:rsidR="008E0522" w:rsidRDefault="008E0522" w:rsidP="008E0522">
@@ -1901,51 +1882,50 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="003C0BA6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C0BA6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Training</w:t>
       </w:r>
       <w:r w:rsidR="003C0BA6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A8213C3" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -2484,131 +2464,150 @@
         <w:t>The following condition(s) may be present on a continuing basis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF98116" w14:textId="77777777" w:rsidR="008E0522" w:rsidRDefault="008E0522" w:rsidP="008E0522">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6498"/>
+        <w:gridCol w:w="9378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="26616875" w14:textId="77777777" w:rsidTr="00B41B2C">
+      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="26616875" w14:textId="77777777" w:rsidTr="003F0F79">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6498" w:type="dxa"/>
+            <w:tcW w:w="9378" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34D9E636" w14:textId="77777777" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="0020778B">
+          <w:p w14:paraId="34D9E636" w14:textId="77777777" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="003F0F79">
             <w:pPr>
+              <w:ind w:right="-831"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00917F76">
               <w:t>Hazardous physical conditions (mechanical parts, electrical currents, vibration, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="1655044E" w14:textId="77777777" w:rsidTr="00B41B2C">
+      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="1655044E" w14:textId="77777777" w:rsidTr="003F0F79">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6498" w:type="dxa"/>
+            <w:tcW w:w="9378" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01F104E2" w14:textId="77777777" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="0020778B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00917F76">
               <w:t>Atmospheric Conditions (fumes, odors, dusts, gases, poor ventilation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="5E7340F0" w14:textId="77777777" w:rsidTr="00B41B2C">
+      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="5E7340F0" w14:textId="77777777" w:rsidTr="003F0F79">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6498" w:type="dxa"/>
+            <w:tcW w:w="9378" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5692F2A3" w14:textId="77777777" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="0020778B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00917F76">
               <w:t>Hazardous materials (chemicals, blood and other body fluids, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="3B3F17B0" w14:textId="77777777" w:rsidTr="00B41B2C">
+      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="3B3F17B0" w14:textId="77777777" w:rsidTr="003F0F79">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6498" w:type="dxa"/>
+            <w:tcW w:w="9378" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068F1C58" w14:textId="77777777" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="0020778B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00917F76">
               <w:t>Extreme temperatures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="0B0E575C" w14:textId="77777777" w:rsidTr="00B41B2C">
+      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="0B0E575C" w14:textId="77777777" w:rsidTr="003F0F79">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6498" w:type="dxa"/>
+            <w:tcW w:w="9378" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E7C8BDB" w14:textId="77777777" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="0020778B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00917F76">
               <w:t>Intense noise</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="0E66333B" w14:textId="77777777" w:rsidTr="00B41B2C">
+      <w:tr w:rsidR="008E0522" w:rsidRPr="00917F76" w14:paraId="0E66333B" w14:textId="77777777" w:rsidTr="003F0F79">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6498" w:type="dxa"/>
+            <w:tcW w:w="9378" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="403A0F35" w14:textId="77777777" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="0020778B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Local Travel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01C82326" w14:textId="77777777" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="008E0522">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -2625,97 +2624,50 @@
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Physical Conditions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3DC4AB" w14:textId="77777777" w:rsidR="008E0522" w:rsidRDefault="008E0522" w:rsidP="008E0522">
-      <w:pPr>
-[...45 lines deleted...]
-    <w:p w14:paraId="1573A42A" w14:textId="77777777" w:rsidR="007F3B6D" w:rsidRDefault="007F3B6D" w:rsidP="008E0522">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="106D9E80" w14:textId="77777777" w:rsidR="008E0522" w:rsidRDefault="008E0522" w:rsidP="008E0522">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
@@ -2777,317 +2729,176 @@
               <w:t>Medium Work</w:t>
             </w:r>
             <w:r w:rsidRPr="00917F76">
               <w:t>:  Exerting up to 50 pounds of force occasionally, and/or up to 20 pounds of force frequently, and/or up to 10 pounds of force constantly to move objects.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="05F6D31E" w14:textId="77777777" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="008E0522">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="690DE55C" w14:textId="77777777" w:rsidR="007F3B6D" w:rsidRDefault="007F3B6D" w:rsidP="008E0522">
-[...107 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0AA63B48" w14:textId="7C0EA37E" w:rsidR="008E0522" w:rsidRPr="00917F76" w:rsidRDefault="008E0522" w:rsidP="008E0522">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00917F76">
-        <w:t xml:space="preserve">Exerting up to </w:t>
-[...2 lines deleted...]
-        <w:t>10</w:t>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1346">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">physical </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
-        <w:t xml:space="preserve">0 pounds of force occasionally, and/or up to </w:t>
-[...2 lines deleted...]
-        <w:t>5</w:t>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">activities </w:t>
+      </w:r>
+      <w:r w:rsidR="007F3B6D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exist and </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
-        <w:t xml:space="preserve">0 pounds of force frequently, and/or </w:t>
-[...35 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>are very or extremely important in accompl</w:t>
+      </w:r>
+      <w:r w:rsidR="00F628AA">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ishing the job’s purpose and are </w:t>
+      </w:r>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">The following </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>performed on a daily basis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="263CFFBE" w14:textId="77777777" w:rsidR="008E0522" w:rsidRDefault="008E0522" w:rsidP="008E0522">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D2BD38C" w14:textId="77777777" w:rsidR="00956175" w:rsidRPr="000E30EB" w:rsidRDefault="00956175" w:rsidP="000E30EB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D46844">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Position requires hearing, talking, sitting, standing, walking on level and slippery surfaces, reaching, twisting, turning, kneeling, bending, stooping, squatting, crouching, grasping and making repetitive hand movement in the performance of daily duties. The position also requires both near and far vision when inspecting work and operating assigned equipment. The need to lift, carry and push tools, equipment and supplies weighing 25-100 pounds is also required. This outdoor position works in all weather conditions. Materials and chemicals used may expose the employee to fumes, dust and air contaminants. The nature of the work also requires the employee to climb ladders, use power and noise producing tools and equipment, drive motorized vehicles, work in heavy vehicle traffic </w:t>
       </w:r>
       <w:r w:rsidR="00301C82" w:rsidRPr="00D46844">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>conditions,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D46844">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> and often work with constant interruptions.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00956175" w:rsidRPr="000E30EB" w:rsidSect="00EF0B2F">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="255" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64F4477A" w14:textId="77777777" w:rsidR="009B5F14" w:rsidRDefault="009B5F14">
+    <w:p w14:paraId="0C12A4AB" w14:textId="77777777" w:rsidR="00926434" w:rsidRDefault="00926434">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A5187CF" w14:textId="77777777" w:rsidR="009B5F14" w:rsidRDefault="009B5F14">
+    <w:p w14:paraId="403B96B7" w14:textId="77777777" w:rsidR="00926434" w:rsidRDefault="00926434">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -3099,52 +2910,62 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1513CDBC" w14:textId="77777777" w:rsidR="00251E1F" w:rsidRDefault="00251E1F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59E3E480" w14:textId="77777777" w:rsidR="00FD5559" w:rsidRDefault="00FD5559"/>
-  <w:p w14:paraId="16C1D885" w14:textId="315B3674" w:rsidR="00FD5559" w:rsidRDefault="00FD5559">
+  <w:p w14:paraId="16C1D885" w14:textId="5B2DBEEE" w:rsidR="00FD5559" w:rsidRDefault="00FD5559">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -3217,98 +3038,100 @@
     </w:r>
     <w:r w:rsidR="00F628AA">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00F628AA">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00F628AA">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00F628AA">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00864FF9">
+    <w:r w:rsidR="00251E1F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>2/19/2026</w:t>
     </w:r>
-    <w:r w:rsidR="00130A1F">
-[...16 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C99566F" w14:textId="77777777" w:rsidR="00251E1F" w:rsidRDefault="00251E1F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48A6AB71" w14:textId="77777777" w:rsidR="009B5F14" w:rsidRDefault="009B5F14">
+    <w:p w14:paraId="5F103ACA" w14:textId="77777777" w:rsidR="00926434" w:rsidRDefault="00926434">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B44F918" w14:textId="77777777" w:rsidR="009B5F14" w:rsidRDefault="009B5F14">
+    <w:p w14:paraId="45846265" w14:textId="77777777" w:rsidR="00926434" w:rsidRDefault="00926434">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4B89C74D" w14:textId="77777777" w:rsidR="00251E1F" w:rsidRDefault="00251E1F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5266ACAB" w14:textId="77777777" w:rsidR="00FD5559" w:rsidRPr="00CC53B2" w:rsidRDefault="00FD5559" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
@@ -3394,50 +3217,60 @@
   </w:p>
   <w:p w14:paraId="136D7413" w14:textId="77777777" w:rsidR="00FD5559" w:rsidRPr="00BE6C23" w:rsidRDefault="00FD5559" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27110077" w14:textId="77777777" w:rsidR="00251E1F" w:rsidRDefault="00251E1F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00D6494E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="110C7AC2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -4346,211 +4179,221 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="654337024">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="646937057">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2024940250">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="866598436">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="684785973">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="246185930">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
+    <w:rsid w:val="00000B1D"/>
     <w:rsid w:val="00002860"/>
     <w:rsid w:val="00030E95"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="00077BAA"/>
+    <w:rsid w:val="00083CDE"/>
     <w:rsid w:val="00085E15"/>
     <w:rsid w:val="000902E0"/>
     <w:rsid w:val="00094654"/>
     <w:rsid w:val="000A5673"/>
     <w:rsid w:val="000C10CA"/>
     <w:rsid w:val="000E30EB"/>
+    <w:rsid w:val="000E4F91"/>
     <w:rsid w:val="000F7553"/>
     <w:rsid w:val="00130A1F"/>
     <w:rsid w:val="00146503"/>
     <w:rsid w:val="00154A72"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="001A65F3"/>
     <w:rsid w:val="001C6C75"/>
     <w:rsid w:val="001C7963"/>
     <w:rsid w:val="001F6401"/>
     <w:rsid w:val="002019BE"/>
     <w:rsid w:val="0020778B"/>
     <w:rsid w:val="0022281F"/>
     <w:rsid w:val="00234A79"/>
+    <w:rsid w:val="00251E1F"/>
     <w:rsid w:val="002534D7"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002B0641"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="00301C82"/>
     <w:rsid w:val="00333499"/>
     <w:rsid w:val="00380D7A"/>
     <w:rsid w:val="00393C94"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003C00D0"/>
     <w:rsid w:val="003C0BA6"/>
     <w:rsid w:val="003C2AD9"/>
+    <w:rsid w:val="003F0F79"/>
     <w:rsid w:val="0043603A"/>
     <w:rsid w:val="004533B8"/>
     <w:rsid w:val="00493E6C"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="00540AC5"/>
     <w:rsid w:val="00560BA2"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005D24D7"/>
     <w:rsid w:val="005D3520"/>
     <w:rsid w:val="005E4FDB"/>
     <w:rsid w:val="005E6BE8"/>
     <w:rsid w:val="00685BD5"/>
     <w:rsid w:val="006A0F71"/>
     <w:rsid w:val="006B26A6"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006D0677"/>
     <w:rsid w:val="006D134A"/>
     <w:rsid w:val="006E4A3B"/>
     <w:rsid w:val="006E79FF"/>
     <w:rsid w:val="006F07AE"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="00712574"/>
     <w:rsid w:val="007429A0"/>
     <w:rsid w:val="00771218"/>
     <w:rsid w:val="00771D62"/>
+    <w:rsid w:val="00776128"/>
     <w:rsid w:val="00781415"/>
     <w:rsid w:val="00797E28"/>
     <w:rsid w:val="007F3B6D"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008341EA"/>
     <w:rsid w:val="00851DA7"/>
     <w:rsid w:val="00864FF9"/>
     <w:rsid w:val="00875129"/>
     <w:rsid w:val="008E0522"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008E38A3"/>
     <w:rsid w:val="00917F76"/>
+    <w:rsid w:val="00926434"/>
     <w:rsid w:val="00927830"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00956175"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="00995462"/>
     <w:rsid w:val="009A20BE"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B2B2E"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009B5F14"/>
     <w:rsid w:val="009C1346"/>
     <w:rsid w:val="009F2825"/>
     <w:rsid w:val="00A05715"/>
     <w:rsid w:val="00AC06E8"/>
     <w:rsid w:val="00AD285D"/>
     <w:rsid w:val="00B3210D"/>
     <w:rsid w:val="00B41B2C"/>
+    <w:rsid w:val="00B51BD5"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C13E8F"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00CD1EA5"/>
     <w:rsid w:val="00CF3436"/>
     <w:rsid w:val="00D038B2"/>
     <w:rsid w:val="00D065AA"/>
     <w:rsid w:val="00D268E7"/>
     <w:rsid w:val="00D27A34"/>
     <w:rsid w:val="00D90AE1"/>
     <w:rsid w:val="00DA473C"/>
     <w:rsid w:val="00DB10E3"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DE5EFA"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E1361B"/>
     <w:rsid w:val="00E67252"/>
+    <w:rsid w:val="00E6727D"/>
     <w:rsid w:val="00E7532B"/>
     <w:rsid w:val="00E81AB2"/>
     <w:rsid w:val="00EB3CCC"/>
     <w:rsid w:val="00EB5EEE"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00EF0B2F"/>
     <w:rsid w:val="00F027B3"/>
     <w:rsid w:val="00F171AF"/>
     <w:rsid w:val="00F26601"/>
     <w:rsid w:val="00F628AA"/>
     <w:rsid w:val="00F86DE8"/>
     <w:rsid w:val="00F938F8"/>
     <w:rsid w:val="00FC4135"/>
     <w:rsid w:val="00FD5559"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE3D24"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -5095,51 +4938,51 @@
     <w:rsid w:val="00FE41EC"/>
     <w:rPr>
       <w:sz w:val="0"/>
       <w:szCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C13E8F"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5623,71 +5466,71 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24F54247-B4A2-4460-9E91-DDB1225DA472}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7417</Characters>
+  <Pages>3</Pages>
+  <Words>1221</Words>
+  <Characters>6964</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8701</CharactersWithSpaces>
+  <CharactersWithSpaces>8169</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>