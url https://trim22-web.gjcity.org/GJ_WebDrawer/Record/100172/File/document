--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -1,34 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="79AB7F31" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00295562" w:rsidP="00A84014">
       <w:pPr>
@@ -1958,50 +1959,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="07986F5E" w14:textId="77777777" w:rsidR="00295562" w:rsidRDefault="00295562">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5FF2C990" w14:textId="77777777" w:rsidR="009E1DE3" w:rsidRPr="000C0003" w:rsidRDefault="009E1DE3" w:rsidP="009E1DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7DF52F21" w14:textId="77777777" w:rsidR="00295562" w:rsidRDefault="00295562">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="421DF7DB" w14:textId="77777777" w:rsidR="00295562" w:rsidRDefault="00295562">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
@@ -2398,71 +2418,76 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The classification is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64025A43" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00A84014" w:rsidP="00A84014">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="494D96B4" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00A84014" w:rsidP="00A84014">
-[...19 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2236E8A5" w14:textId="77777777" w:rsidR="004B30F5" w:rsidRDefault="00A84014" w:rsidP="004B30F5">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidR="004B30F5" w:rsidRPr="0093139B">
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494D96B4" w14:textId="2F87C467" w:rsidR="00A84014" w:rsidRDefault="00A84014" w:rsidP="00A84014">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="409B537A" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00A84014" w:rsidP="00A84014">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21DE523A" w14:textId="77777777" w:rsidR="00D04C18" w:rsidRDefault="00D04C18" w:rsidP="00A84014">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
@@ -2740,147 +2765,147 @@
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BCCE026" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00A84014" w:rsidP="00A84014">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A84014" w:rsidSect="00020D69">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5541509A" w14:textId="77777777" w:rsidR="00020D69" w:rsidRDefault="00020D69">
+    <w:p w14:paraId="6554D683" w14:textId="77777777" w:rsidR="00201195" w:rsidRDefault="00201195">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="274A5C56" w14:textId="77777777" w:rsidR="00020D69" w:rsidRDefault="00020D69">
+    <w:p w14:paraId="2926E4B0" w14:textId="77777777" w:rsidR="00201195" w:rsidRDefault="00201195">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:charset w:val="00"/>
-[...4 lines deleted...]
-  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B89ABA4" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00A84014">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4B8A934F" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00A84014">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1E422AA6" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="0047773C">
+  <w:p w14:paraId="1E422AA6" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00000000">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="4B06451F">
-        <v:rect id="_x0000_s1025" style="position:absolute;margin-left:1in;margin-top:6pt;width:468pt;height:16pt;z-index:251657216;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
+        <v:rect id="_x0000_s1025" style="position:absolute;margin-left:1in;margin-top:6pt;width:468pt;height:16pt;z-index:1;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox style="mso-next-textbox:#_x0000_s1025" inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="0F3F6ECF" w14:textId="531780D9" w:rsidR="00A84014" w:rsidRDefault="00A84014">
+              <w:p w14:paraId="0F3F6ECF" w14:textId="31A00205" w:rsidR="00A84014" w:rsidRDefault="00A84014">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                   <w:rPr>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
@@ -2945,87 +2970,108 @@
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00F362D9">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t>3</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r w:rsidR="00AC72C3">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
+                <w:r w:rsidR="009E1DE3">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>12</w:t>
+                </w:r>
                 <w:r w:rsidR="009F20C2">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>07/01/2025</w:t>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="009E1DE3">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>08</w:t>
+                </w:r>
+                <w:r w:rsidR="009F20C2">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61894152" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00A84014">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="699BC007" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="0047773C">
+  <w:p w14:paraId="699BC007" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00000000">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="4A969E30">
-        <v:rect id="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:6.25pt;width:468pt;height:15.75pt;z-index:251658240;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
+        <v:rect id="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:6.25pt;width:468pt;height:15.75pt;z-index:2;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="552B423A" w14:textId="67C05F0F" w:rsidR="00A84014" w:rsidRDefault="00A84014">
+              <w:p w14:paraId="552B423A" w14:textId="3B69FE3A" w:rsidR="00A84014" w:rsidRDefault="00A84014">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                   <w:rPr>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
@@ -3090,94 +3136,115 @@
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00F362D9">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t>1</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r w:rsidR="00AC72C3">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
+                <w:r w:rsidR="009E1DE3">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>12</w:t>
+                </w:r>
                 <w:r w:rsidR="009F20C2">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>07/01/2025</w:t>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="009E1DE3">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>08</w:t>
+                </w:r>
+                <w:r w:rsidR="009F20C2">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>/2025</w:t>
                 </w:r>
                 <w:r w:rsidR="00AC72C3">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r w:rsidR="00AC72C3">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                   <w:t>05/02</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A7D1F8D" w14:textId="77777777" w:rsidR="00020D69" w:rsidRDefault="00020D69">
+    <w:p w14:paraId="34D31C1C" w14:textId="77777777" w:rsidR="00201195" w:rsidRDefault="00201195">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A491158" w14:textId="77777777" w:rsidR="00020D69" w:rsidRDefault="00020D69">
+    <w:p w14:paraId="2D9F68DD" w14:textId="77777777" w:rsidR="00201195" w:rsidRDefault="00201195">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="267E568E" w14:textId="77777777" w:rsidR="0061241F" w:rsidRDefault="0061241F" w:rsidP="0061241F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
@@ -3253,50 +3320,147 @@
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2C389388" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00A84014" w:rsidP="00A84014">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Planning Technician</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="11809CC7" w14:textId="77777777" w:rsidR="00A84014" w:rsidRDefault="00A84014" w:rsidP="000B66AC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EEC4F92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D144A5DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="90511110">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -3320,71 +3484,76 @@
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D51C26"/>
     <w:rsid w:val="00020D69"/>
     <w:rsid w:val="00066F68"/>
     <w:rsid w:val="000B66AC"/>
     <w:rsid w:val="001919E1"/>
+    <w:rsid w:val="00201195"/>
     <w:rsid w:val="00277720"/>
     <w:rsid w:val="00295562"/>
     <w:rsid w:val="003D31D6"/>
     <w:rsid w:val="0047773C"/>
+    <w:rsid w:val="004B30F5"/>
     <w:rsid w:val="004D4C3C"/>
     <w:rsid w:val="0061241F"/>
     <w:rsid w:val="0081627D"/>
+    <w:rsid w:val="008C7C92"/>
     <w:rsid w:val="009562D7"/>
     <w:rsid w:val="009B77C4"/>
+    <w:rsid w:val="009E1DE3"/>
     <w:rsid w:val="009F20C2"/>
     <w:rsid w:val="00A55769"/>
     <w:rsid w:val="00A84014"/>
     <w:rsid w:val="00AC72C3"/>
     <w:rsid w:val="00B13237"/>
     <w:rsid w:val="00B26D94"/>
     <w:rsid w:val="00C3443B"/>
     <w:rsid w:val="00C37857"/>
     <w:rsid w:val="00C562A0"/>
     <w:rsid w:val="00D04C18"/>
     <w:rsid w:val="00D51C26"/>
     <w:rsid w:val="00D81204"/>
+    <w:rsid w:val="00D90D33"/>
     <w:rsid w:val="00D947BC"/>
     <w:rsid w:val="00E63C8C"/>
     <w:rsid w:val="00EB5EEE"/>
     <w:rsid w:val="00F362D9"/>
     <w:rsid w:val="00F65CFB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -3741,61 +3910,79 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00A55769"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A84014"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E1DE3"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -4277,73 +4464,73 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{255BEC81-588E-4C29-9B27-E1D8AD43D256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>877</Words>
-  <Characters>4999</Characters>
+  <Words>891</Words>
+  <Characters>5082</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
+  <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5865</CharactersWithSpaces>
+  <CharactersWithSpaces>5962</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>