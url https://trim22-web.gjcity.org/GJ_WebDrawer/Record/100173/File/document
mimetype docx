--- v0 (2025-12-08)
+++ v1 (2026-01-18)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="10B30126" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E3FDBE8" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861" w:rsidP="00722BD1">
       <w:pPr>
@@ -373,51 +373,65 @@
     <w:p w14:paraId="2A283C2F" w14:textId="77777777" w:rsidR="003A6240" w:rsidRDefault="00C21574">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r w:rsidR="00166861">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>journey level class within the Planner series.  Employees within this class perform the full range of duties as assigned.  Positions at this level receive only occasional instruction or assistance as new or unusual situations arise, and are fully aware of the operating procedures and policies of the work unit.  This class is distinguished from the Senior Planner in that the latter performs the most difficult and responsible types of duties assigned to classes within the series including complex planning, project management duties or providing lead direction to lower level professional and technical staff.</w:t>
+        <w:t xml:space="preserve">journey level class within the Planner series.  Employees within this class perform the full range of duties as assigned.  Positions at this level receive only occasional instruction or assistance as new or unusual situations </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00166861">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>arise, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00166861">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are fully aware of the operating procedures and policies of the work unit.  This class is distinguished from the Senior Planner in that the latter performs the most difficult and responsible types of duties assigned to classes within the series including complex planning, project management duties or providing lead direction to lower level professional and technical staff.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6499B362" w14:textId="77777777" w:rsidR="003A6240" w:rsidRPr="003A6240" w:rsidRDefault="003A6240">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C070814" w14:textId="77777777" w:rsidR="004A4B9E" w:rsidRPr="00667669" w:rsidRDefault="004A4B9E" w:rsidP="004A4B9E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -946,51 +960,79 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Provide information and assistance to City staff, the general public, and consultants/developers regarding City plans, zoning matters and development requirements; conduct pre-application meetings with engineers, developers, architects, general public and City staff regarding the development process and requirements.</w:t>
+        <w:t xml:space="preserve">Provide information and assistance to City staff, the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and consultants/developers regarding City plans, zoning matters and development requirements; conduct pre-application meetings with engineers, developers, architects, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and City staff regarding the development process and requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F3C8D4" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="536C62BA" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -1788,58 +1830,72 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Methods and techniques of eliciting community participation in planning and development issues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB28EF3" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Research methods and sources of information related to urban growth and develop</w:t>
+        <w:t xml:space="preserve">Research methods and sources of information related to urban growth and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>develop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:softHyphen/>
-        <w:t>ment.</w:t>
+        <w:t>ment</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F22F218" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Modern office procedures, methods and equipment including computers and supporting word processing and spreadsheet applications.</w:t>
       </w:r>
     </w:p>
@@ -1953,74 +2009,102 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Interpret, apply and explain pertinent Federal, State, and local laws, grant programs, codes and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF8E69A" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Process routine development applications and coordinate necessary communication between staff, developer, and other agencies.</w:t>
+        <w:t xml:space="preserve">Process routine development applications and coordinate necessary communication between staff, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>developer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, and other agencies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B37B43" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Analyze site design, terrain constraints, circulations, land use compatibility, utilities, and other urban services.</w:t>
+        <w:t xml:space="preserve">Analyze site design, terrain constraints, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>circulations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, land use compatibility, utilities, and other urban services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="158C8099" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Prepare and analyze technical and administrative reports, statements and correspondence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2E3D75" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
@@ -2089,50 +2173,86 @@
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="283F55BE" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2B94BDAC" w14:textId="77777777" w:rsidR="0003411D" w:rsidRPr="000C0003" w:rsidRDefault="0003411D" w:rsidP="0003411D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD8CF48" w14:textId="77777777" w:rsidR="0003411D" w:rsidRDefault="0003411D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="20C92DCC" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60EEA16E" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
@@ -2352,51 +2472,67 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18A397E1" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
       <w:pPr>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Equivalent to a Bachelors degree from an accredited college or university with major course work in planning or related field.</w:t>
+        <w:t xml:space="preserve">Equivalent to a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Bachelors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> degree from an accredited college or university with major course work in planning or related field.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57063ECC" w14:textId="77777777" w:rsidR="00722BD1" w:rsidRDefault="00722BD1">
       <w:pPr>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25A3EA75" w14:textId="77777777" w:rsidR="00722BD1" w:rsidRDefault="00722BD1">
       <w:pPr>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -2573,70 +2709,59 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The classification is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49EF4AAD" w14:textId="77777777" w:rsidR="006F15B2" w:rsidRDefault="006F15B2" w:rsidP="006F15B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C10BC2A" w14:textId="77777777" w:rsidR="006F15B2" w:rsidRDefault="006F15B2" w:rsidP="006F15B2">
-[...18 lines deleted...]
-        <w:t>Office environment.</w:t>
+    <w:p w14:paraId="4A44C50E" w14:textId="77777777" w:rsidR="0003411D" w:rsidRPr="0064378C" w:rsidRDefault="0003411D" w:rsidP="0003411D">
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>; exposure to computer screens.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="290F97FD" w14:textId="77777777" w:rsidR="006F15B2" w:rsidRDefault="006F15B2" w:rsidP="006F15B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56467AC8" w14:textId="77777777" w:rsidR="006F15B2" w:rsidRDefault="006F15B2" w:rsidP="006F15B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2716,52 +2841,57 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44475854" w14:textId="77777777" w:rsidR="006F15B2" w:rsidRDefault="006F15B2" w:rsidP="006F15B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Sedentary Work</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00917F76">
-        <w:t>:  Exerting up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body.  Sedentary work involves sitting most of the time.  Jobs are sedentary if walking and standing are required only occasionally and all other sedentary criteria are met.</w:t>
+        <w:t>:  Exerting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:t xml:space="preserve"> up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body.  Sedentary work involves sitting most of the time.  Jobs are sedentary if walking and standing are required only occasionally and all other sedentary criteria are met.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="001479AB" w14:textId="77777777" w:rsidR="006F15B2" w:rsidRDefault="006F15B2" w:rsidP="006F15B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C8C3EDC" w14:textId="77777777" w:rsidR="006F15B2" w:rsidRPr="00917F76" w:rsidRDefault="006F15B2" w:rsidP="006F15B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2785,188 +2915,202 @@
         </w:rPr>
         <w:t xml:space="preserve">physical </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">activities are very or extremely important in accomplishing the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>classification</w:t>
       </w:r>
       <w:r w:rsidR="00DB4602">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">’s purpose and are </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>performed on a daily basis:</w:t>
+        <w:t xml:space="preserve">performed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>on a daily basis</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B543812" w14:textId="77777777" w:rsidR="006F15B2" w:rsidRDefault="006F15B2" w:rsidP="006F15B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08F7C9DB" w14:textId="77777777" w:rsidR="009F6E7D" w:rsidRPr="00A36A2C" w:rsidRDefault="009F6E7D" w:rsidP="009F6E7D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>While performing the duties of this job, the employee is required to sit for prolonged periods. The employee is regularly required to see, hear, talk, stand, twist and use repetitive motions in the conduct of work. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25079CB2" w14:textId="77777777" w:rsidR="009F6E7D" w:rsidRDefault="009F6E7D" w:rsidP="006F15B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F6E7D">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EC157DC" w14:textId="77777777" w:rsidR="00D911CF" w:rsidRDefault="00D911CF">
+    <w:p w14:paraId="56CD9C45" w14:textId="77777777" w:rsidR="00015C6E" w:rsidRDefault="00015C6E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6727809E" w14:textId="77777777" w:rsidR="00D911CF" w:rsidRDefault="00D911CF">
+    <w:p w14:paraId="3CBBF1EB" w14:textId="77777777" w:rsidR="00015C6E" w:rsidRDefault="00015C6E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:charset w:val="00"/>
-[...4 lines deleted...]
-  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="362913AE" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="60E4C55D" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00000000">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="453CE3EF">
         <v:rect id="_x0000_s1025" style="position:absolute;margin-left:1in;margin-top:13.3pt;width:468pt;height:22.5pt;z-index:1;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="61477602" w14:textId="6FBB5ACC" w:rsidR="00166861" w:rsidRDefault="00166861">
+              <w:p w14:paraId="61477602" w14:textId="35ADF62E" w:rsidR="00166861" w:rsidRDefault="00166861">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                   <w:rPr>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
@@ -2988,103 +3132,103 @@
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="009F6E7D">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t>3</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r w:rsidR="002B78B6">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
-                <w:r w:rsidR="0083076A">
+                <w:r w:rsidR="0003411D">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>0</w:t>
+                  <w:t>12/08/</w:t>
                 </w:r>
                 <w:r w:rsidR="003B04A8">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>7/01/2025</w:t>
+                  <w:t>2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="437461BE" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59542F64" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0DAAF04A" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00166861">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="71D0FC01" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00000000">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="4C0119CC">
         <v:rect id="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:12pt;width:468pt;height:10pt;z-index:2;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="1150CEA2" w14:textId="5EBB5EAE" w:rsidR="00722BD1" w:rsidRDefault="00166861" w:rsidP="002B78B6">
+              <w:p w14:paraId="1150CEA2" w14:textId="3FFBBB12" w:rsidR="00722BD1" w:rsidRDefault="00166861" w:rsidP="002B78B6">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
@@ -3107,63 +3251,63 @@
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="009F6E7D">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t>1</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r w:rsidR="00722BD1">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
-                <w:r w:rsidR="0083076A">
+                <w:r w:rsidR="0003411D">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>0</w:t>
+                  <w:t>12/08</w:t>
                 </w:r>
                 <w:r w:rsidR="003B04A8">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>7/01/2025</w:t>
+                  <w:t>/2025</w:t>
                 </w:r>
               </w:p>
               <w:p w14:paraId="6413DABE" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00722BD1" w:rsidP="00722BD1">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="8640"/>
                   </w:tabs>
                   <w:rPr>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
@@ -3175,58 +3319,58 @@
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                   <w:t>0202</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F31D2A5" w14:textId="77777777" w:rsidR="00D911CF" w:rsidRDefault="00D911CF">
+    <w:p w14:paraId="40958B72" w14:textId="77777777" w:rsidR="00015C6E" w:rsidRDefault="00015C6E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42DBD006" w14:textId="77777777" w:rsidR="00D911CF" w:rsidRDefault="00D911CF">
+    <w:p w14:paraId="37AA8E99" w14:textId="77777777" w:rsidR="00015C6E" w:rsidRDefault="00015C6E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56694B3F" w14:textId="77777777" w:rsidR="00722BD1" w:rsidRDefault="00722BD1" w:rsidP="00722BD1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
@@ -3291,61 +3435,158 @@
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:br/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7971C3FC" w14:textId="77777777" w:rsidR="00166861" w:rsidRDefault="00722BD1" w:rsidP="00722BD1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Associate Planner</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EEC4F92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D144A5DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="90511110">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
@@ -3353,66 +3594,69 @@
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CB2401"/>
+    <w:rsid w:val="00015C6E"/>
+    <w:rsid w:val="0003411D"/>
     <w:rsid w:val="000826D0"/>
     <w:rsid w:val="00166861"/>
     <w:rsid w:val="001F7A6B"/>
     <w:rsid w:val="002A4F3F"/>
     <w:rsid w:val="002B78B6"/>
     <w:rsid w:val="00334F4F"/>
     <w:rsid w:val="003A6240"/>
     <w:rsid w:val="003A6A28"/>
     <w:rsid w:val="003B04A8"/>
     <w:rsid w:val="004A4B9E"/>
     <w:rsid w:val="00505447"/>
     <w:rsid w:val="005F7F58"/>
     <w:rsid w:val="00667669"/>
     <w:rsid w:val="006F15B2"/>
     <w:rsid w:val="00722BD1"/>
     <w:rsid w:val="0083076A"/>
+    <w:rsid w:val="008C7C92"/>
     <w:rsid w:val="009F6E7D"/>
     <w:rsid w:val="00AA65EE"/>
     <w:rsid w:val="00B86466"/>
     <w:rsid w:val="00C21574"/>
     <w:rsid w:val="00C71F1C"/>
     <w:rsid w:val="00CB2401"/>
     <w:rsid w:val="00D911CF"/>
     <w:rsid w:val="00DB4602"/>
     <w:rsid w:val="00DE1B37"/>
     <w:rsid w:val="00EB5EEE"/>
     <w:rsid w:val="00FA39FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -3853,89 +4097,107 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0003411D"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="372732837">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="929660644">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -4222,53 +4484,56 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -4372,118 +4637,115 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1F6A05E-34FB-4404-98B7-E5B87A3F6312}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6272A56B-7B6B-4774-A2EB-D758894FB3AB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA849BDF-ECEA-4A7A-AD87-25026CFE5AB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6272A56B-7B6B-4774-A2EB-D758894FB3AB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1F6A05E-34FB-4404-98B7-E5B87A3F6312}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1070</Words>
-  <Characters>6105</Characters>
+  <Words>1085</Words>
+  <Characters>6187</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
+  <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7161</CharactersWithSpaces>
+  <CharactersWithSpaces>7258</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>