--- v0 (2025-12-08)
+++ v1 (2026-03-09)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="59C5B65C" w14:textId="77777777" w:rsidR="000460F3" w:rsidRDefault="000460F3" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10F1DC9D" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -262,65 +262,65 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="533C0F8F" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">This is the advanced journey level class in the Planner series.  Positions at this level are distinguished from other classes within the series by the level of responsibility assumed and the complexity of duties assigned.  Employees perform the most difficult and responsible types of duties assigned to classes within this series including complex planning project management activities or providing lead direction to lower level professional and technical staff. Employees at this level are required to be fully trained in all procedures related to </w:t>
+        <w:t xml:space="preserve">This is the advanced journey level class in the Planner series.  Positions at this level are distinguished from other classes within the series by the level of responsibility assumed and the complexity of duties assigned.  Employees perform the most difficult and responsible types of duties assigned to classes within this series including complex planning project management activities or providing lead direction to lower level professional and technical staff. Employees at this level are required to be fully trained in all procedures related to assigned </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>assigned</w:t>
+        <w:t>area</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> area of responsibility.</w:t>
+        <w:t xml:space="preserve"> of responsibility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="422DBBD6" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F8BE73E" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -846,51 +846,65 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Provide information and assistance to City staff, the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>general public</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>, and consultants/developers regarding City plans, zoning matters and development requirements; conduct pre-application meetings with engineers, developers, architects, general public and City staff regarding the development process and requirements.</w:t>
+        <w:t xml:space="preserve">, and consultants/developers regarding City plans, zoning matters and development requirements; conduct pre-application meetings with engineers, developers, architects, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and City staff regarding the development process and requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E96DE8C" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CE46D11" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -1000,181 +1014,167 @@
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Research, prepare, </w:t>
+        <w:t>Research, prepare, manage and implement planning studies and community plans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F36FBF" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7412D79D" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Responsible for special project management to include researching, planning, coordinating and implementing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E68B2A" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="692AFA3A" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
+      <w:pPr>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Interpret and apply environmental quality laws and regulations; ensure that </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>manage</w:t>
+        <w:t>develop</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>ment</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and implement planning studies and community plans.</w:t>
-[...115 lines deleted...]
-        <w:t xml:space="preserve">ment, City projects, and municipal code amendments </w:t>
+        <w:t xml:space="preserve">, City projects, and municipal code amendments </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>are in compliance with</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> environmental quality laws and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30CE800D" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
@@ -1683,65 +1683,51 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Operations, services and activities of a community planning and development program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F135F69" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Advanced principles and practices of urban planning, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and development.</w:t>
+        <w:t>Advanced principles and practices of urban planning, zoning and development.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05401EE8" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Principles and practice of project management.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EE6301" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
@@ -1993,65 +1979,51 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Transportation planning principles and practices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="544836B1" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pertinent Federal, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and local laws, codes and regulations.</w:t>
+        <w:t>Pertinent Federal, State and local laws, codes and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71670A0D" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18F98831" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2123,117 +2095,95 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="579F8AA9" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Solve problems in a proactive fashion and think </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Solve problems in a proactive fashion and think strategically</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1E9749B1" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF2CC0A" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Develop, implement, and manage complex professional planning projects, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and analysis.</w:t>
+        <w:t>Develop, implement, and manage complex professional planning projects, research and analysis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="798A7312" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Perform advanced professional level duties in the development, implementation and modification of city plans and regulations.</w:t>
       </w:r>
     </w:p>
@@ -2397,65 +2347,51 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Identify and suggest needed changes to City codes, standards, procedures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D26D481" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prepare and analyze technical and administrative reports, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and correspondence.</w:t>
+        <w:t>Prepare and analyze technical and administrative reports, statements and correspondence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B32AC2" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Present technical data, in verbal, written, graphic and map form, to a variety of boards and commissions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="757C42C5" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
@@ -2477,134 +2413,138 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Serve as project manager for complex planning projects or studies. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B1A67CB" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Serve as a project manager for special </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Serve as a project manager for special projects</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7F0CA3B2" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prepare competitive grant </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Prepare competitive grant applications</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="22F0D269" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Utilize specialized computer applications applicable to planning design and review.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BC4CB9B" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB5BBDB" w14:textId="163036C1" w:rsidR="00D61997" w:rsidRDefault="00D61997" w:rsidP="003142D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17C3BB66" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AF8F379" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -3040,70 +2980,59 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The classification is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0FEFE5" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10730946" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
-[...18 lines deleted...]
-        <w:t>Office environment.</w:t>
+    <w:p w14:paraId="10730946" w14:textId="2F10530A" w:rsidR="003142D4" w:rsidRPr="00D61997" w:rsidRDefault="003142D4" w:rsidP="00D61997">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61997" w:rsidRPr="0093139B">
+        <w:t>; exposure to computer screens.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2837772E" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72E3F4C0" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -3214,103 +3143,86 @@
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="692B9BDE" w14:textId="77777777" w:rsidR="000460F3" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Sedentary Work</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">:  Exerting up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body.  Sedentary work </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">:  Exerting up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body.  Sedentary work involves </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490773C8" w14:textId="77777777" w:rsidR="000460F3" w:rsidRDefault="000460F3" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DF19B38" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">sitting most of the time.  Jobs are sedentary if walking and standing are required only </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and all other sedentary criteria are met.</w:t>
+        <w:t>sitting most of the time.  Jobs are sedentary if walking and standing are required only occasionally and all other sedentary criteria are met.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78DC8BD5" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FED5813" w14:textId="77777777" w:rsidR="003142D4" w:rsidRPr="00917F76" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -3380,191 +3292,177 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="572811DE" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3742566E" w14:textId="77777777" w:rsidR="003142D4" w:rsidRPr="00A36A2C" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">While performing the duties of this job, the employee is required to sit for prolonged periods. The employee is regularly required to see, hear, talk, stand, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and use repetitive motions in the conduct of work. The employee is also required to perform light lifting.</w:t>
+        <w:t>While performing the duties of this job, the employee is required to sit for prolonged periods. The employee is regularly required to see, hear, talk, stand, twist and use repetitive motions in the conduct of work. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06FA7934" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52087F0E" w14:textId="77777777" w:rsidR="003142D4" w:rsidRDefault="003142D4" w:rsidP="003142D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AFF1AA6" w14:textId="77777777" w:rsidR="00BF397F" w:rsidRPr="003142D4" w:rsidRDefault="00BF397F" w:rsidP="003142D4"/>
     <w:sectPr w:rsidR="00BF397F" w:rsidRPr="003142D4" w:rsidSect="00420B00">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45965EB4" w14:textId="77777777" w:rsidR="00420B00" w:rsidRDefault="00420B00">
+    <w:p w14:paraId="02A4DD63" w14:textId="77777777" w:rsidR="00541E75" w:rsidRDefault="00541E75">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AC53910" w14:textId="77777777" w:rsidR="00420B00" w:rsidRDefault="00420B00">
+    <w:p w14:paraId="3A1D130F" w14:textId="77777777" w:rsidR="00541E75" w:rsidRDefault="00541E75">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000EFF" w:usb1="0000785B" w:usb2="00000001" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D1615A4" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="000106C3">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="33492173" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="00000000">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="2841E0FC">
         <v:rect id="_x0000_s1025" style="position:absolute;margin-left:1in;margin-top:12.55pt;width:468pt;height:23.25pt;z-index:1;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="591A27DC" w14:textId="64A90616" w:rsidR="000106C3" w:rsidRDefault="000106C3">
+              <w:p w14:paraId="591A27DC" w14:textId="3A2769B6" w:rsidR="000106C3" w:rsidRDefault="000106C3">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                   <w:rPr>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r w:rsidR="00F24F63">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
@@ -3586,96 +3484,124 @@
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="000460F3">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t>4</w:t>
                 </w:r>
                 <w:r w:rsidR="00F24F63">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
+                <w:r w:rsidR="00D61997">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>12</w:t>
+                </w:r>
                 <w:r w:rsidR="000928D6">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>05/02/2024</w:t>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00D61997">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>08</w:t>
+                </w:r>
+                <w:r w:rsidR="000928D6">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00D61997">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="17950FB2" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="000106C3"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C6F0AA7" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="000106C3">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7AF896A9" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="000106C3">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2DB8C41C" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="00000000">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="0260DD65">
         <v:rect id="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:.25pt;width:468pt;height:21.75pt;z-index:2;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="2456D6F5" w14:textId="01D96C31" w:rsidR="000106C3" w:rsidRDefault="000106C3">
+              <w:p w14:paraId="2456D6F5" w14:textId="41423280" w:rsidR="000106C3" w:rsidRDefault="000106C3">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                   <w:rPr>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r w:rsidR="00F24F63">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
@@ -3697,89 +3623,117 @@
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="000460F3">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t>1</w:t>
                 </w:r>
                 <w:r w:rsidR="00F24F63">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
+                <w:r w:rsidR="00D61997">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>12</w:t>
+                </w:r>
                 <w:r w:rsidR="000928D6">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>05/02/2024</w:t>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00D61997">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>08</w:t>
+                </w:r>
+                <w:r w:rsidR="000928D6">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>/202</w:t>
+                </w:r>
+                <w:r w:rsidR="00D61997">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>5</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A29D4B7" w14:textId="77777777" w:rsidR="00420B00" w:rsidRDefault="00420B00">
+    <w:p w14:paraId="225810DB" w14:textId="77777777" w:rsidR="00541E75" w:rsidRDefault="00541E75">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1704D0CE" w14:textId="77777777" w:rsidR="00420B00" w:rsidRDefault="00420B00">
+    <w:p w14:paraId="2752AB8E" w14:textId="77777777" w:rsidR="00541E75" w:rsidRDefault="00541E75">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="473AAD3E" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="000106C3" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>city of grand junction</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="311508E7" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="000106C3" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
@@ -3788,51 +3742,51 @@
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0F03568B" w14:textId="77777777" w:rsidR="000106C3" w:rsidRPr="00647436" w:rsidRDefault="000106C3" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Principal Planner</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15C6AF32" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="000106C3" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>city of grand junction</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="023BD0C8" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="000106C3" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
@@ -3841,52 +3795,52 @@
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4BC5444C" w14:textId="77777777" w:rsidR="000106C3" w:rsidRDefault="000106C3" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Principal Planner</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
@@ -3928,120 +3882,123 @@
     <w:rsid w:val="000106C3"/>
     <w:rsid w:val="00045D3F"/>
     <w:rsid w:val="000460F3"/>
     <w:rsid w:val="00086E9E"/>
     <w:rsid w:val="000928D6"/>
     <w:rsid w:val="00133462"/>
     <w:rsid w:val="00186F2C"/>
     <w:rsid w:val="00202648"/>
     <w:rsid w:val="00295317"/>
     <w:rsid w:val="002B20F8"/>
     <w:rsid w:val="002B4760"/>
     <w:rsid w:val="00306DD5"/>
     <w:rsid w:val="003142D4"/>
     <w:rsid w:val="00374721"/>
     <w:rsid w:val="00374E95"/>
     <w:rsid w:val="0039473F"/>
     <w:rsid w:val="003A3F15"/>
     <w:rsid w:val="003B45D4"/>
     <w:rsid w:val="00420B00"/>
     <w:rsid w:val="0042486B"/>
     <w:rsid w:val="004A7627"/>
     <w:rsid w:val="004B3B22"/>
     <w:rsid w:val="004D0A76"/>
     <w:rsid w:val="004E11CB"/>
     <w:rsid w:val="004E1E38"/>
+    <w:rsid w:val="00541E75"/>
     <w:rsid w:val="00596606"/>
     <w:rsid w:val="00624F53"/>
     <w:rsid w:val="006413F0"/>
     <w:rsid w:val="00647436"/>
     <w:rsid w:val="006E1D25"/>
     <w:rsid w:val="007044B3"/>
     <w:rsid w:val="00794FAB"/>
     <w:rsid w:val="00796DE2"/>
     <w:rsid w:val="00832BC6"/>
     <w:rsid w:val="008B06E4"/>
     <w:rsid w:val="008B35A5"/>
     <w:rsid w:val="008C28E2"/>
+    <w:rsid w:val="008C7C92"/>
     <w:rsid w:val="008D59E6"/>
     <w:rsid w:val="00945C8D"/>
     <w:rsid w:val="00956A72"/>
     <w:rsid w:val="00965ABA"/>
     <w:rsid w:val="00992378"/>
     <w:rsid w:val="009A3117"/>
     <w:rsid w:val="009B535B"/>
     <w:rsid w:val="009D2897"/>
     <w:rsid w:val="00A716DC"/>
     <w:rsid w:val="00B76AA1"/>
     <w:rsid w:val="00BF397F"/>
     <w:rsid w:val="00CA0C96"/>
     <w:rsid w:val="00CE759B"/>
     <w:rsid w:val="00CF572D"/>
     <w:rsid w:val="00CF601E"/>
     <w:rsid w:val="00D02FCB"/>
     <w:rsid w:val="00D41526"/>
     <w:rsid w:val="00D42D44"/>
+    <w:rsid w:val="00D61997"/>
     <w:rsid w:val="00E13B61"/>
     <w:rsid w:val="00E32A5C"/>
     <w:rsid w:val="00E4273A"/>
     <w:rsid w:val="00EA1C2A"/>
     <w:rsid w:val="00EE62DC"/>
     <w:rsid w:val="00F236EA"/>
     <w:rsid w:val="00F24F63"/>
     <w:rsid w:val="00FB3322"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="46535BA5"/>
   <w15:docId w15:val="{FBE83E7C-CFAB-451F-B4F6-742D2742EE0A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4436,51 +4393,51 @@
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00086E9E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00086E9E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2020231149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -4764,70 +4721,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04D6FAAB-B1E7-45F2-9AAE-6CFD8F3FA139}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1372</Words>
-  <Characters>7826</Characters>
+  <Words>1387</Words>
+  <Characters>7907</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9180</CharactersWithSpaces>
+  <CharactersWithSpaces>9276</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>