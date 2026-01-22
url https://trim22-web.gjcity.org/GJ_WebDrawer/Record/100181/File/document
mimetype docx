--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -1505,50 +1505,70 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="037BBBB8" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1397C16F" w14:textId="3FE48741" w:rsidR="005267B5" w:rsidRDefault="005267B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="3CDD2237" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A765D71" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0043603A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
@@ -2228,51 +2248,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="186FC569" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>WORKING CONDITIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F4F9E1" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00C10405" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B22F112" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -2339,120 +2358,134 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="246E124C" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00C10405" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DC0C6B3" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
-[...14 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="73032CBE" w14:textId="77777777" w:rsidR="005267B5" w:rsidRDefault="005267B5" w:rsidP="005267B5">
+      <w:r w:rsidRPr="00B15FF7">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Office environment</w:t>
       </w:r>
-      <w:r w:rsidR="00E6245A">
-[...9 lines deleted...]
-        <w:t>ield environment.</w:t>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12307A97" w14:textId="77777777" w:rsidR="005267B5" w:rsidRPr="0064378C" w:rsidRDefault="005267B5" w:rsidP="005267B5"/>
+    <w:p w14:paraId="5BD85BF9" w14:textId="77777777" w:rsidR="005267B5" w:rsidRPr="00B15FF7" w:rsidRDefault="005267B5" w:rsidP="005267B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Field environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="579399BE" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="547DEA42" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>The following condition(s) may be present on a continuing basis:</w:t>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>condition(s)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be present on a continuing basis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D90D6D1" w14:textId="77777777" w:rsidR="00F745C5" w:rsidRPr="00C10405" w:rsidRDefault="00F745C5" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="388DFEE5" w14:textId="77777777" w:rsidR="00F745C5" w:rsidRDefault="00F745C5" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -2883,58 +2916,58 @@
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B20EEB" w:rsidRPr="00C10405" w:rsidSect="00581D31">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1008" w:bottom="540" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AB673E1" w14:textId="77777777" w:rsidR="00581D31" w:rsidRDefault="00581D31">
+    <w:p w14:paraId="0751C645" w14:textId="77777777" w:rsidR="00944935" w:rsidRDefault="00944935">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4355570E" w14:textId="77777777" w:rsidR="00581D31" w:rsidRDefault="00581D31">
+    <w:p w14:paraId="349E5258" w14:textId="77777777" w:rsidR="00944935" w:rsidRDefault="00944935">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -2946,51 +2979,51 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5D2EA077" w14:textId="6A45E4E5" w:rsidR="00C10405" w:rsidRDefault="00C10405">
+  <w:p w14:paraId="5D2EA077" w14:textId="3CF979B2" w:rsidR="00C10405" w:rsidRDefault="00C10405">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -3063,118 +3096,118 @@
     </w:r>
     <w:r w:rsidR="000C5151">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000C5151">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000C5151">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000C5151">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="003A612F">
+    <w:r w:rsidR="005267B5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12/08</w:t>
     </w:r>
     <w:r w:rsidR="00A4702B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>7/01/2025</w:t>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F711A45" w14:textId="77777777" w:rsidR="00581D31" w:rsidRDefault="00581D31">
+    <w:p w14:paraId="2B9A73DA" w14:textId="77777777" w:rsidR="00944935" w:rsidRDefault="00944935">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B287F88" w14:textId="77777777" w:rsidR="00581D31" w:rsidRDefault="00581D31">
+    <w:p w14:paraId="4CDCC2CD" w14:textId="77777777" w:rsidR="00944935" w:rsidRDefault="00944935">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E53BF73" w14:textId="77777777" w:rsidR="00C10405" w:rsidRPr="00CC53B2" w:rsidRDefault="00C10405" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1DE49910" w14:textId="77777777" w:rsidR="00C10405" w:rsidRPr="00CC53B2" w:rsidRDefault="00C10405">
     <w:pPr>
@@ -4271,84 +4304,87 @@
     <w:rsid w:val="0022430D"/>
     <w:rsid w:val="00234A79"/>
     <w:rsid w:val="002534D7"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="002E314D"/>
     <w:rsid w:val="002F3923"/>
     <w:rsid w:val="00333499"/>
     <w:rsid w:val="003509ED"/>
     <w:rsid w:val="00393C94"/>
     <w:rsid w:val="003A612F"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003C00D0"/>
     <w:rsid w:val="003C0BA6"/>
     <w:rsid w:val="003C2AD9"/>
     <w:rsid w:val="003E6B17"/>
     <w:rsid w:val="00425335"/>
     <w:rsid w:val="0043603A"/>
     <w:rsid w:val="00446429"/>
     <w:rsid w:val="004533B8"/>
     <w:rsid w:val="00493E6C"/>
     <w:rsid w:val="004A6F0E"/>
     <w:rsid w:val="005250D5"/>
+    <w:rsid w:val="005267B5"/>
     <w:rsid w:val="00540AC5"/>
     <w:rsid w:val="00560BA2"/>
     <w:rsid w:val="00574D93"/>
     <w:rsid w:val="00581D31"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005D24D7"/>
     <w:rsid w:val="005E4FDB"/>
     <w:rsid w:val="005E6BE8"/>
     <w:rsid w:val="00615745"/>
     <w:rsid w:val="00685BD5"/>
     <w:rsid w:val="006A0F71"/>
     <w:rsid w:val="006B26A6"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006B6176"/>
     <w:rsid w:val="006C2BC2"/>
     <w:rsid w:val="006D0677"/>
     <w:rsid w:val="006D134A"/>
     <w:rsid w:val="006E4A3B"/>
     <w:rsid w:val="006E5533"/>
     <w:rsid w:val="006F07AE"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="00712574"/>
     <w:rsid w:val="0072175B"/>
     <w:rsid w:val="00771218"/>
     <w:rsid w:val="00771D62"/>
     <w:rsid w:val="00781415"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008341EA"/>
     <w:rsid w:val="00875129"/>
+    <w:rsid w:val="008C7C92"/>
     <w:rsid w:val="008D0F10"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008E38A3"/>
     <w:rsid w:val="00917F76"/>
     <w:rsid w:val="00934337"/>
+    <w:rsid w:val="00944935"/>
     <w:rsid w:val="00946414"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="00995462"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009A394C"/>
     <w:rsid w:val="009B2B2E"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009F2825"/>
     <w:rsid w:val="00A05715"/>
     <w:rsid w:val="00A4414F"/>
     <w:rsid w:val="00A4702B"/>
     <w:rsid w:val="00AD3198"/>
     <w:rsid w:val="00B20EEB"/>
     <w:rsid w:val="00B8183B"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00BD6966"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C10405"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C44E0C"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
@@ -5262,65 +5298,50 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5420,110 +5441,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A55AF25-249D-41E5-9419-2878A3DE0CE7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27855FDA-0DAF-44A1-B8D8-1BD97CBA8B86}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3717495B-A0D9-4501-95D7-B006392E75D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1031</Words>
-  <Characters>5877</Characters>
+  <Words>1045</Words>
+  <Characters>5957</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
+  <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6895</CharactersWithSpaces>
+  <CharactersWithSpaces>6989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>