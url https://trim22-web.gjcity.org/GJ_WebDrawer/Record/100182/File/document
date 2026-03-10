--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -1711,71 +1711,98 @@
         <w:t xml:space="preserve"> and various software applications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="031D2C10" w14:textId="77777777" w:rsidR="00BA7CF5" w:rsidRPr="00BA7CF5" w:rsidRDefault="00BA7CF5" w:rsidP="00BA7CF5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA7CF5">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173B46F6" w14:textId="11301451" w:rsidR="00047322" w:rsidRPr="00BA7CF5" w:rsidRDefault="00BA7CF5" w:rsidP="00BA7CF5">
+    <w:p w14:paraId="173B46F6" w14:textId="11301451" w:rsidR="00047322" w:rsidRDefault="00BA7CF5" w:rsidP="00BA7CF5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA7CF5">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2BFA7F" w14:textId="77777777" w:rsidR="00B53D63" w:rsidRPr="000C0003" w:rsidRDefault="00B53D63" w:rsidP="00B53D63">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A4DFD6" w14:textId="77777777" w:rsidR="00B53D63" w:rsidRPr="00BA7CF5" w:rsidRDefault="00B53D63" w:rsidP="00BA7CF5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="581E1AB7" w14:textId="77777777" w:rsidR="00047322" w:rsidRDefault="00047322" w:rsidP="00EF7F9C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15F3C609" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -1859,95 +1886,102 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BB0BC3F" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="063284AC" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B186E69" w14:textId="101CCB26" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
-[...14 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="17ABB3F7" w14:textId="77777777" w:rsidR="00B53D63" w:rsidRDefault="00B53D63" w:rsidP="00B53D63">
+      <w:r w:rsidRPr="00B15FF7">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Office environment</w:t>
       </w:r>
-      <w:r w:rsidR="008F34AD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> and field environment.</w:t>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51727F91" w14:textId="77777777" w:rsidR="00B53D63" w:rsidRPr="0064378C" w:rsidRDefault="00B53D63" w:rsidP="00B53D63"/>
+    <w:p w14:paraId="3123BF42" w14:textId="77777777" w:rsidR="00B53D63" w:rsidRPr="00B15FF7" w:rsidRDefault="00B53D63" w:rsidP="00B53D63">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Field environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B6976DF" w14:textId="77777777" w:rsidR="008F34AD" w:rsidRDefault="008F34AD" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F4D0442" w14:textId="77777777" w:rsidR="008F34AD" w:rsidRPr="008F34AD" w:rsidRDefault="008F34AD" w:rsidP="008F34AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2338,91 +2372,75 @@
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD6F38">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">While performing the duties of this job, the employee is regularly required to sit, stand, walk, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD6F38">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>stoop</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BD6F38">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">, climb, crawl, talk, hear, see and demonstrate manual dexterity. Materials and chemicals may expose the employee to fumes, dust and air contaminants. The employee regularly works in outside weather conditions, near moving mechanical parts. The employee is frequently exposed to wet or humid conditions and vibration. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> may require work in confined spaces. The nature of the work also requires the incumbent to climb ladders, use power and noise producing tools and equipment. The employee is also required to perform light lifting.</w:t>
+        <w:t>, climb, crawl, talk, hear, see and demonstrate manual dexterity. Materials and chemicals may expose the employee to fumes, dust and air contaminants. The employee regularly works in outside weather conditions, near moving mechanical parts. The employee is frequently exposed to wet or humid conditions and vibration. Job may require work in confined spaces. The nature of the work also requires the incumbent to climb ladders, use power and noise producing tools and equipment. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001C3822" w:rsidRPr="00BD6F38" w:rsidSect="002F717E">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BE41974" w14:textId="77777777" w:rsidR="002F717E" w:rsidRDefault="002F717E">
+    <w:p w14:paraId="198B2F14" w14:textId="77777777" w:rsidR="0014663F" w:rsidRDefault="0014663F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="630F9ACA" w14:textId="77777777" w:rsidR="002F717E" w:rsidRDefault="002F717E">
+    <w:p w14:paraId="2480647E" w14:textId="77777777" w:rsidR="0014663F" w:rsidRDefault="0014663F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -2435,51 +2453,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FC395F4" w14:textId="77777777" w:rsidR="00C61B69" w:rsidRDefault="00C61B69"/>
-  <w:p w14:paraId="5D5C609F" w14:textId="3A238A17" w:rsidR="00C61B69" w:rsidRDefault="00C61B69">
+  <w:p w14:paraId="5D5C609F" w14:textId="4DD6F2CC" w:rsidR="00C61B69" w:rsidRDefault="00C61B69">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2552,118 +2570,118 @@
     </w:r>
     <w:r w:rsidR="00471FC5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00471FC5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00471FC5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00471FC5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="002D01A4">
+    <w:r w:rsidR="00B53D63">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12/08</w:t>
     </w:r>
     <w:r w:rsidR="00F470B5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>7/01/2025</w:t>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19980E49" w14:textId="77777777" w:rsidR="002F717E" w:rsidRDefault="002F717E">
+    <w:p w14:paraId="3BDA12C5" w14:textId="77777777" w:rsidR="0014663F" w:rsidRDefault="0014663F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="457A11DB" w14:textId="77777777" w:rsidR="002F717E" w:rsidRDefault="002F717E">
+    <w:p w14:paraId="2E7933D3" w14:textId="77777777" w:rsidR="0014663F" w:rsidRDefault="0014663F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13653CB5" w14:textId="77777777" w:rsidR="00C61B69" w:rsidRPr="00CC53B2" w:rsidRDefault="00C61B69" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2DD6B0EA" w14:textId="77777777" w:rsidR="00C61B69" w:rsidRPr="00CC53B2" w:rsidRDefault="00C61B69">
     <w:pPr>
@@ -3561,50 +3579,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EEC4F92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D144A5DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F3CE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BF0B454"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -3673,71 +3780,71 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64B52D67"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="09D6B416"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D244A3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="787A4A28"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3809,51 +3916,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72EA5062"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="684C9808"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3895,51 +4002,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79771587"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43C8CC4A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3994,75 +4101,78 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="783614801">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1859081180">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1945184438">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="255863569">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1902207068">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="79104284">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="487795352">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="926690065">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1410494522">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1410494522">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="10" w16cid:durableId="936907765">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1250852544">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1721902084">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1890991668">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="90511110">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -4083,50 +4193,51 @@
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
     <w:rsid w:val="00002860"/>
     <w:rsid w:val="000306C4"/>
     <w:rsid w:val="00030E95"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="00047322"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="00077BAA"/>
     <w:rsid w:val="00094654"/>
     <w:rsid w:val="000A5673"/>
     <w:rsid w:val="000C10CA"/>
     <w:rsid w:val="000E09CF"/>
     <w:rsid w:val="000E2F37"/>
     <w:rsid w:val="000F0A08"/>
     <w:rsid w:val="00141BF8"/>
     <w:rsid w:val="00146503"/>
+    <w:rsid w:val="0014663F"/>
     <w:rsid w:val="001532EF"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="00194DF1"/>
     <w:rsid w:val="001A24C9"/>
     <w:rsid w:val="001A65F3"/>
     <w:rsid w:val="001C3822"/>
     <w:rsid w:val="001C7963"/>
     <w:rsid w:val="001F5AB5"/>
     <w:rsid w:val="001F6401"/>
     <w:rsid w:val="002019BE"/>
     <w:rsid w:val="0022281F"/>
     <w:rsid w:val="00234A79"/>
     <w:rsid w:val="002534D7"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002A1357"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002C334A"/>
     <w:rsid w:val="002C55F3"/>
     <w:rsid w:val="002D01A4"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="002E38EC"/>
     <w:rsid w:val="002F524D"/>
     <w:rsid w:val="002F717E"/>
@@ -4165,73 +4276,75 @@
     <w:rsid w:val="006A0F71"/>
     <w:rsid w:val="006B26A6"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006D0677"/>
     <w:rsid w:val="006D134A"/>
     <w:rsid w:val="006E4A3B"/>
     <w:rsid w:val="006F07AE"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="00710ED4"/>
     <w:rsid w:val="00712574"/>
     <w:rsid w:val="00771218"/>
     <w:rsid w:val="00771D62"/>
     <w:rsid w:val="00781415"/>
     <w:rsid w:val="00790B22"/>
     <w:rsid w:val="007C605C"/>
     <w:rsid w:val="007D0C26"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="0083356C"/>
     <w:rsid w:val="008341EA"/>
     <w:rsid w:val="00875129"/>
     <w:rsid w:val="00885090"/>
     <w:rsid w:val="00894F4F"/>
     <w:rsid w:val="008A4F71"/>
     <w:rsid w:val="008A6B79"/>
     <w:rsid w:val="008C1551"/>
+    <w:rsid w:val="008C7C92"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008E3623"/>
     <w:rsid w:val="008E38A3"/>
     <w:rsid w:val="008F34AD"/>
     <w:rsid w:val="00905107"/>
     <w:rsid w:val="00917F76"/>
     <w:rsid w:val="00927934"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00942B74"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="00982958"/>
     <w:rsid w:val="00995462"/>
     <w:rsid w:val="0099767B"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B2B2E"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009F2825"/>
     <w:rsid w:val="00A00A19"/>
     <w:rsid w:val="00A05715"/>
     <w:rsid w:val="00A8260F"/>
     <w:rsid w:val="00AC4B3B"/>
     <w:rsid w:val="00B503E3"/>
     <w:rsid w:val="00B53654"/>
+    <w:rsid w:val="00B53D63"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B833C2"/>
     <w:rsid w:val="00BA7C3F"/>
     <w:rsid w:val="00BA7CF5"/>
     <w:rsid w:val="00BD526F"/>
     <w:rsid w:val="00BD6F38"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C12E85"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
     <w:rsid w:val="00C61B69"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00C8135F"/>
     <w:rsid w:val="00CA7AAF"/>
     <w:rsid w:val="00CB5672"/>
     <w:rsid w:val="00CB61DF"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00CD5B87"/>
     <w:rsid w:val="00D038B2"/>
     <w:rsid w:val="00D05D35"/>
     <w:rsid w:val="00D065AA"/>
@@ -5223,50 +5336,65 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5366,125 +5494,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78270704-12F4-4E88-9D4A-1B5F79D66657}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5608B3F-200B-427D-84B6-144837C81AE2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAA9C4DD-1373-4D25-85E9-934F945983D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>957</Words>
-  <Characters>5461</Characters>
+  <Words>972</Words>
+  <Characters>5541</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
+  <Lines>46</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6406</CharactersWithSpaces>
+  <CharactersWithSpaces>6501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>