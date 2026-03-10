--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -1,46 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="29AE1EF1" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
@@ -1639,50 +1635,70 @@
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Work both as a member of a team and independently as a 1-person crew</w:t>
       </w:r>
       <w:r w:rsidR="002843D0">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="58C15502" w14:textId="11603F0F" w:rsidR="00BA532C" w:rsidRDefault="00BA532C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, write, and comprehend the English language at a level necessary to accomplish job requirements.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="650E7F8F" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78408011" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0043603A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
@@ -2302,51 +2318,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7676B3FB" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>WORKING CONDITIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E3A3F0" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3214FC7D" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
@@ -2407,114 +2422,134 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34B89C83" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29591EBD" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="00B47697" w:rsidP="0017127E">
-[...24 lines deleted...]
-        <w:t>ield environment.</w:t>
+    <w:p w14:paraId="625809BB" w14:textId="77777777" w:rsidR="00BA532C" w:rsidRDefault="00BA532C" w:rsidP="00BA532C">
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E47C6D2" w14:textId="77777777" w:rsidR="00BA532C" w:rsidRPr="0064378C" w:rsidRDefault="00BA532C" w:rsidP="00BA532C"/>
+    <w:p w14:paraId="667A36C1" w14:textId="77777777" w:rsidR="00BA532C" w:rsidRPr="00B15FF7" w:rsidRDefault="00BA532C" w:rsidP="00BA532C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Field environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AFD07A2" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="381ABCED" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>The following condition(s) may be present on a continuing basis:</w:t>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>condition(s)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be present on a continuing basis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74CE993A" w14:textId="77777777" w:rsidR="00E25DBF" w:rsidRDefault="00E25DBF" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34D92AB3" w14:textId="77777777" w:rsidR="00E25DBF" w:rsidRDefault="00E25DBF" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2920,75 +2955,71 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D071DD7" w14:textId="77777777" w:rsidR="000D2CA3" w:rsidRDefault="000D2CA3" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000D2CA3" w:rsidSect="0032707A">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DCB62E2" w14:textId="77777777" w:rsidR="0032707A" w:rsidRDefault="0032707A">
+    <w:p w14:paraId="69CEFF49" w14:textId="77777777" w:rsidR="00172212" w:rsidRDefault="00172212">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="349F7940" w14:textId="77777777" w:rsidR="0032707A" w:rsidRDefault="0032707A">
+    <w:p w14:paraId="24081720" w14:textId="77777777" w:rsidR="00172212" w:rsidRDefault="00172212">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -3000,62 +3031,52 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58E70B6F" w14:textId="77777777" w:rsidR="00124D42" w:rsidRDefault="00124D42">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5686B43B" w14:textId="77777777" w:rsidR="007B5857" w:rsidRDefault="007B5857"/>
-  <w:p w14:paraId="08BD1E7E" w14:textId="63C6C936" w:rsidR="007B5857" w:rsidRDefault="007B5857">
+  <w:p w14:paraId="08BD1E7E" w14:textId="7D279016" w:rsidR="007B5857" w:rsidRDefault="007B5857">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -3128,138 +3149,130 @@
     </w:r>
     <w:r w:rsidR="00C41841">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00C41841">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00C41841">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00C41841">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B0070F">
+    <w:r w:rsidR="00BA532C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="00F76865">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>6/30/2025</w:t>
+      <w:t>/</w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidR="00BA532C">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>08</w:t>
+    </w:r>
+    <w:r w:rsidR="00F76865">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="652414FA" w14:textId="77777777" w:rsidR="0032707A" w:rsidRDefault="0032707A">
+    <w:p w14:paraId="4836AB9A" w14:textId="77777777" w:rsidR="00172212" w:rsidRDefault="00172212">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70615B27" w14:textId="77777777" w:rsidR="0032707A" w:rsidRDefault="0032707A">
+    <w:p w14:paraId="7057CF46" w14:textId="77777777" w:rsidR="00172212" w:rsidRDefault="00172212">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18C251F9" w14:textId="77777777" w:rsidR="007B5857" w:rsidRPr="00CC53B2" w:rsidRDefault="007B5857" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="71CF84F0" w14:textId="77777777" w:rsidR="007B5857" w:rsidRPr="00CC53B2" w:rsidRDefault="007B5857">
     <w:pPr>
@@ -3313,60 +3326,50 @@
   </w:p>
   <w:p w14:paraId="48D61C68" w14:textId="77777777" w:rsidR="007B5857" w:rsidRPr="00BE6C23" w:rsidRDefault="007B5857" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00D6494E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="110C7AC2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -4335,50 +4338,51 @@
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
     <w:rsid w:val="00002860"/>
     <w:rsid w:val="00030E95"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="00077BAA"/>
     <w:rsid w:val="000902E0"/>
     <w:rsid w:val="00094654"/>
     <w:rsid w:val="000A5673"/>
     <w:rsid w:val="000B1915"/>
     <w:rsid w:val="000C10CA"/>
     <w:rsid w:val="000D2CA3"/>
     <w:rsid w:val="00110C21"/>
     <w:rsid w:val="00124D42"/>
     <w:rsid w:val="00146503"/>
     <w:rsid w:val="00154A72"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="0017127E"/>
+    <w:rsid w:val="00172212"/>
     <w:rsid w:val="001A65F3"/>
     <w:rsid w:val="001C7963"/>
     <w:rsid w:val="001F206E"/>
     <w:rsid w:val="001F6401"/>
     <w:rsid w:val="002019BE"/>
     <w:rsid w:val="0022281F"/>
     <w:rsid w:val="00234A79"/>
     <w:rsid w:val="002534D7"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002843D0"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="00305175"/>
     <w:rsid w:val="003056E6"/>
     <w:rsid w:val="003138AF"/>
     <w:rsid w:val="0032707A"/>
     <w:rsid w:val="0033269D"/>
     <w:rsid w:val="00333499"/>
     <w:rsid w:val="00393C94"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003C00D0"/>
     <w:rsid w:val="003C0BA6"/>
     <w:rsid w:val="003C2AD9"/>
     <w:rsid w:val="003E30FE"/>
@@ -4394,72 +4398,74 @@
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005D24D7"/>
     <w:rsid w:val="005E4FDB"/>
     <w:rsid w:val="005E6BE8"/>
     <w:rsid w:val="00685BD5"/>
     <w:rsid w:val="006A0EA6"/>
     <w:rsid w:val="006A0F71"/>
     <w:rsid w:val="006B26A6"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006D0677"/>
     <w:rsid w:val="006D134A"/>
     <w:rsid w:val="006D75EF"/>
     <w:rsid w:val="006E4A3B"/>
     <w:rsid w:val="006F07AE"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="00712574"/>
     <w:rsid w:val="00771218"/>
     <w:rsid w:val="00771D62"/>
     <w:rsid w:val="00781415"/>
     <w:rsid w:val="007A5E9F"/>
     <w:rsid w:val="007B5857"/>
     <w:rsid w:val="007D0C26"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008341EA"/>
     <w:rsid w:val="00875129"/>
+    <w:rsid w:val="008C7C92"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008E38A3"/>
     <w:rsid w:val="00917F76"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="0096267A"/>
     <w:rsid w:val="0096774C"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="00995462"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B2B2E"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009F2825"/>
     <w:rsid w:val="00A05715"/>
     <w:rsid w:val="00A53D1C"/>
     <w:rsid w:val="00A96AD3"/>
     <w:rsid w:val="00AD3D7C"/>
     <w:rsid w:val="00B0070F"/>
     <w:rsid w:val="00B34FAE"/>
     <w:rsid w:val="00B47697"/>
     <w:rsid w:val="00B715C8"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B92C22"/>
+    <w:rsid w:val="00BA532C"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C41841"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
     <w:rsid w:val="00C620DB"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00D038B2"/>
     <w:rsid w:val="00D065AA"/>
     <w:rsid w:val="00D25378"/>
     <w:rsid w:val="00D63F43"/>
     <w:rsid w:val="00DB10E3"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DE5EFA"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E135C1"/>
     <w:rsid w:val="00E25DBF"/>
     <w:rsid w:val="00E7532B"/>
     <w:rsid w:val="00E90792"/>
     <w:rsid w:val="00EB3CCC"/>
     <w:rsid w:val="00EB763A"/>
@@ -5015,51 +5021,51 @@
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE41EC"/>
     <w:rPr>
       <w:sz w:val="0"/>
       <w:szCs w:val="0"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5355,56 +5361,50 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5504,110 +5504,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{452BBC19-7537-49F8-BF37-17461C30F093}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7306355A-708F-4EF9-BE65-AA6AE50CC56A}">
-[...7 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBB97F0A-C79D-4674-98AC-F6EEC448ACAC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7306355A-708F-4EF9-BE65-AA6AE50CC56A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>907</Words>
-  <Characters>5175</Characters>
+  <Words>928</Words>
+  <Characters>5291</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
+  <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6070</CharactersWithSpaces>
+  <CharactersWithSpaces>6207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>