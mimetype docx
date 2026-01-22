--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -1698,50 +1698,66 @@
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10219225" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="004B4EF1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="03E15AD7" w14:textId="7766AEA9" w:rsidR="002828B9" w:rsidRDefault="002828B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, write, and comprehend the English language at a level necessary to accomplish job requirements.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="72F046AB" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="004B4EF1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06D3F4ED" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="004B4EF1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2149,90 +2165,104 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51798FA2" w14:textId="77777777" w:rsidR="00816C5E" w:rsidRDefault="00816C5E" w:rsidP="00816C5E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F882A2B" w14:textId="77777777" w:rsidR="00816C5E" w:rsidRDefault="00816C5E" w:rsidP="00816C5E">
-[...11 lines deleted...]
-        <w:t>Office environment and field environment.</w:t>
+    <w:p w14:paraId="23900320" w14:textId="77777777" w:rsidR="002828B9" w:rsidRDefault="002828B9" w:rsidP="002828B9">
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>Office environment; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D719BDA" w14:textId="77777777" w:rsidR="002828B9" w:rsidRPr="0064378C" w:rsidRDefault="002828B9" w:rsidP="002828B9"/>
+    <w:p w14:paraId="66D4BA84" w14:textId="77777777" w:rsidR="002828B9" w:rsidRPr="00B15FF7" w:rsidRDefault="002828B9" w:rsidP="002828B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>Field environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C6982C" w14:textId="77777777" w:rsidR="00816C5E" w:rsidRDefault="00816C5E" w:rsidP="00816C5E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EC8C70C" w14:textId="77777777" w:rsidR="00816C5E" w:rsidRDefault="00816C5E" w:rsidP="00816C5E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t>The following condition(s) may be present on a continuing basis:</w:t>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>condition(s)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> may be present on a continuing basis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4788E2E3" w14:textId="77777777" w:rsidR="00816C5E" w:rsidRDefault="00816C5E" w:rsidP="00816C5E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6498"/>
       </w:tblGrid>
       <w:tr w:rsidR="00816C5E" w:rsidRPr="00917F76" w14:paraId="47F093CD" w14:textId="77777777" w:rsidTr="00785BC6">
         <w:tc>
           <w:tcPr>
@@ -2429,58 +2459,58 @@
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t>While performing the duties of this job, the employee is regularly required to sit, talk, hear, stand, see, and demonstrate manual dexterity. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00785BC6" w:rsidRPr="00991B4D" w:rsidSect="00832452">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00FC90A6" w14:textId="77777777" w:rsidR="00832452" w:rsidRDefault="00832452">
+    <w:p w14:paraId="034A1817" w14:textId="77777777" w:rsidR="007B53F7" w:rsidRDefault="007B53F7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="366E9648" w14:textId="77777777" w:rsidR="00832452" w:rsidRDefault="00832452">
+    <w:p w14:paraId="080533B1" w14:textId="77777777" w:rsidR="007B53F7" w:rsidRDefault="007B53F7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -2495,60 +2525,65 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="53BF3B5D" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="004B4EF1">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6A5547C2" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="004B4EF1">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="64AEC9AC" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="0079425E">
+  <w:p w14:paraId="64AEC9AC" w14:textId="6DE2B15F" w:rsidR="004B4EF1" w:rsidRDefault="00000000" w:rsidP="002828B9">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="5A6CD898">
-        <v:rect id="_x0000_s1025" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:4.75pt;width:468pt;height:17.25pt;z-index:251657216;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
+        <v:rect id="_x0000_s1025" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:4.75pt;width:468pt;height:17.25pt;z-index:1;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="468EA6B2" w14:textId="61065974" w:rsidR="004B4EF1" w:rsidRPr="00080B21" w:rsidRDefault="004B4EF1">
+              <w:p w14:paraId="468EA6B2" w14:textId="17D4592A" w:rsidR="004B4EF1" w:rsidRPr="00080B21" w:rsidRDefault="004B4EF1">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r w:rsidRPr="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r w:rsidR="005B1DA8" w:rsidRPr="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
                 <w:r w:rsidRPr="00080B21">
@@ -2597,94 +2632,121 @@
                 <w:r w:rsidR="005B1DA8" w:rsidRPr="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00991B4D">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:t>4</w:t>
                 </w:r>
                 <w:r w:rsidR="005B1DA8" w:rsidRPr="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r w:rsidR="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
+                <w:r w:rsidR="002828B9">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>12</w:t>
+                </w:r>
                 <w:r w:rsidR="009A1BD7">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
-                  <w:t>05/04/2024</w:t>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="002828B9">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>09</w:t>
+                </w:r>
+                <w:r w:rsidR="009A1BD7">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>/202</w:t>
+                </w:r>
+                <w:r w:rsidR="002828B9">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>5</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
+    </w:r>
+    <w:r w:rsidR="002828B9">
+      <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05A952D6" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="004B4EF1">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4BDB9FB4" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="004B4EF1">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="438A8C90" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="0079425E">
+  <w:p w14:paraId="438A8C90" w14:textId="77777777" w:rsidR="004B4EF1" w:rsidRDefault="00000000">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="1CBE2B45">
-        <v:rect id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:.25pt;width:468pt;height:21.75pt;z-index:251658240;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
+        <v:rect id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:.25pt;width:468pt;height:21.75pt;z-index:2;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="6644922A" w14:textId="4CF5FE0D" w:rsidR="004B4EF1" w:rsidRPr="00080B21" w:rsidRDefault="004B4EF1">
+              <w:p w14:paraId="6644922A" w14:textId="044088BC" w:rsidR="004B4EF1" w:rsidRPr="00080B21" w:rsidRDefault="004B4EF1">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r w:rsidRPr="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r w:rsidR="005B1DA8" w:rsidRPr="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
                 <w:r w:rsidRPr="00080B21">
@@ -2733,84 +2795,96 @@
                 <w:r w:rsidR="005B1DA8" w:rsidRPr="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00991B4D">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:t>1</w:t>
                 </w:r>
                 <w:r w:rsidR="005B1DA8" w:rsidRPr="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r w:rsidR="00080B21">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
-                <w:r w:rsidR="009A1BD7">
+                <w:r w:rsidR="002828B9">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
-                  <w:t>0</w:t>
+                  <w:t>12</w:t>
                 </w:r>
                 <w:r w:rsidR="0001484B">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
-                  <w:t>7/02/2025</w:t>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="002828B9">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>09</w:t>
+                </w:r>
+                <w:r w:rsidR="0001484B">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A065C12" w14:textId="77777777" w:rsidR="00832452" w:rsidRDefault="00832452">
+    <w:p w14:paraId="74AEEFD7" w14:textId="77777777" w:rsidR="007B53F7" w:rsidRDefault="007B53F7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01376CA6" w14:textId="77777777" w:rsidR="00832452" w:rsidRDefault="00832452">
+    <w:p w14:paraId="41DFB2B2" w14:textId="77777777" w:rsidR="007B53F7" w:rsidRDefault="007B53F7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="76FDDEA0" w14:textId="77777777" w:rsidR="001515A7" w:rsidRPr="00D935F4" w:rsidRDefault="001515A7" w:rsidP="001515A7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D935F4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="22"/>
@@ -3154,86 +3228,89 @@
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F81C92"/>
     <w:rsid w:val="0001484B"/>
     <w:rsid w:val="00046FEA"/>
     <w:rsid w:val="00080B21"/>
     <w:rsid w:val="000B5654"/>
     <w:rsid w:val="001515A7"/>
+    <w:rsid w:val="002828B9"/>
     <w:rsid w:val="00284A68"/>
     <w:rsid w:val="002D3CAF"/>
     <w:rsid w:val="00322A3B"/>
     <w:rsid w:val="003450A8"/>
     <w:rsid w:val="00373B63"/>
     <w:rsid w:val="003A6C20"/>
     <w:rsid w:val="0042552A"/>
     <w:rsid w:val="00497A6C"/>
     <w:rsid w:val="004B4EF1"/>
     <w:rsid w:val="00502A94"/>
     <w:rsid w:val="005B1DA8"/>
     <w:rsid w:val="005F2BA3"/>
     <w:rsid w:val="00626AE1"/>
     <w:rsid w:val="007831EB"/>
     <w:rsid w:val="00785BC6"/>
     <w:rsid w:val="0079425E"/>
+    <w:rsid w:val="007B53F7"/>
     <w:rsid w:val="00816C5E"/>
     <w:rsid w:val="00832452"/>
     <w:rsid w:val="008C66EC"/>
     <w:rsid w:val="00991B4D"/>
     <w:rsid w:val="009A1BD7"/>
     <w:rsid w:val="009E4DCA"/>
     <w:rsid w:val="00A164EC"/>
     <w:rsid w:val="00A21947"/>
     <w:rsid w:val="00A36E0C"/>
     <w:rsid w:val="00B772AA"/>
     <w:rsid w:val="00BB3704"/>
     <w:rsid w:val="00BF4007"/>
     <w:rsid w:val="00D06FAB"/>
     <w:rsid w:val="00D76B28"/>
     <w:rsid w:val="00D935F4"/>
     <w:rsid w:val="00DB6CA9"/>
     <w:rsid w:val="00DD141B"/>
     <w:rsid w:val="00DE6DB2"/>
     <w:rsid w:val="00ED4A00"/>
     <w:rsid w:val="00EF7D68"/>
+    <w:rsid w:val="00F5051E"/>
     <w:rsid w:val="00F81C92"/>
     <w:rsid w:val="00FA7C40"/>
     <w:rsid w:val="00FC25EB"/>
     <w:rsid w:val="00FD7ADC"/>
     <w:rsid w:val="00FE4F50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -4032,50 +4109,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -4175,142 +4256,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33385A36-7B0E-435A-B250-9812371B8D31}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3AB2E50-809E-42B8-A2D6-AE4A85EE9215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33385A36-7B0E-435A-B250-9812371B8D31}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96EF4E09-F767-4930-A248-4C936ED9ECB2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E9598B7-5B57-4F05-8D72-9ABA5BF9660D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1157</Words>
-  <Characters>6595</Characters>
+  <Words>1177</Words>
+  <Characters>6712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>55</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7737</CharactersWithSpaces>
+  <CharactersWithSpaces>7874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Laura Conant</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BEC999F178294D40A9422D1EAAD2CE9D</vt:lpwstr>