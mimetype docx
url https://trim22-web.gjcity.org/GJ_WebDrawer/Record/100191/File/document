--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -479,51 +479,65 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D76A4C8" w14:textId="13C73852" w:rsidR="005D24D7" w:rsidRPr="002B7297" w:rsidRDefault="002B7297">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D265D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Receives direction from assigned </w:t>
+        <w:t xml:space="preserve">Receives </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D265D4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>direction</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D265D4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from assigned </w:t>
       </w:r>
       <w:r w:rsidR="006A4A7D">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Engineering</w:t>
       </w:r>
       <w:r w:rsidR="00807522">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Manager</w:t>
       </w:r>
       <w:r w:rsidR="001F07AE">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> or assigned manager</w:t>
       </w:r>
       <w:r w:rsidR="00D265D4" w:rsidRPr="00D265D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -1762,97 +1776,131 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E1625DC" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Operate and use modern office equipment including computer and various software applications.</w:t>
+        <w:t xml:space="preserve">Operate and use modern office equipment including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>computer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and various software applications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B753C5" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E15874E" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CABD426" w14:textId="7C13FD0F" w:rsidR="00E93512" w:rsidRDefault="00E93512">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF493E8" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63DAD337" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0043603A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -2396,51 +2444,65 @@
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B519BB2" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRPr="00F70D95" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70D95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">If a degreed engineer, must have ability to obtain an EIT </w:t>
+        <w:t xml:space="preserve">If a degreed engineer, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F70D95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F70D95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have ability to obtain an EIT </w:t>
       </w:r>
       <w:r w:rsidR="005A2750">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">certificate </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70D95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>within 2 years of employment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74CED580" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
@@ -2451,55 +2513,63 @@
     </w:p>
     <w:p w14:paraId="3DE18789" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00F70D95" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70D95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">If not a degreed engineer, </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AC5AB9">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">must have the ability to obtain </w:t>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AC5AB9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have the ability to obtain </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70D95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">an EIT certificate </w:t>
       </w:r>
       <w:r w:rsidR="00AC5AB9">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>within 2 years of employment.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70D95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10196C50" w14:textId="77777777" w:rsidR="009F2825" w:rsidRDefault="009F2825">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -2621,108 +2691,134 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374662DD" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="224B8683" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
-[...18 lines deleted...]
-        <w:t>Office environment and field environment.</w:t>
+    <w:p w14:paraId="32147502" w14:textId="77777777" w:rsidR="00E93512" w:rsidRDefault="00E93512" w:rsidP="00E93512">
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C90C354" w14:textId="77777777" w:rsidR="00E93512" w:rsidRPr="0064378C" w:rsidRDefault="00E93512" w:rsidP="00E93512"/>
+    <w:p w14:paraId="55D9894B" w14:textId="77777777" w:rsidR="00E93512" w:rsidRPr="00B15FF7" w:rsidRDefault="00E93512" w:rsidP="00E93512">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Field environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46741B58" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F49CAF2" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>The following condition(s) may be present on a continuing basis:</w:t>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>condition(s)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be present on a continuing basis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFB86CB" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6498"/>
@@ -2865,52 +2961,57 @@
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D5AC2E1" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRPr="00EA019D" w:rsidRDefault="00EA019D" w:rsidP="00F26F04">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA019D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Light Work</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EA019D">
-              <w:t>:  Exerting up to 20 pounds of force occasionally, and/or up to 10 pounds of force frequently, and/or a negligible amount of force constantly to move objects.  If the use of arm and/or leg controls requires exertion of forces greater than that for Sedentary Work and the worker sits most of the time, the job is rated for Light Work.</w:t>
+              <w:t>:  Exerting</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA019D">
+              <w:t xml:space="preserve"> up to 20 pounds of force occasionally, and/or up to 10 pounds of force frequently, and/or a negligible amount of force constantly to move objects.  If the use of arm and/or leg controls requires exertion of forces greater than that for Sedentary Work and the worker sits most of the time, the job is rated for Light Work.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CBA44D9" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRPr="00917F76" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20F00E8D" w14:textId="77777777" w:rsidR="00F70D95" w:rsidRPr="00917F76" w:rsidRDefault="00F70D95" w:rsidP="00F70D95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -3018,58 +3119,58 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FE3E22" w:rsidRPr="00FE3E22" w:rsidSect="00D067DC">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="540" w:right="1440" w:bottom="360" w:left="1440" w:header="720" w:footer="525" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B24AA03" w14:textId="77777777" w:rsidR="00970B0A" w:rsidRDefault="00970B0A">
+    <w:p w14:paraId="7E4BFE67" w14:textId="77777777" w:rsidR="000D12C4" w:rsidRDefault="000D12C4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05698F39" w14:textId="77777777" w:rsidR="00970B0A" w:rsidRDefault="00970B0A">
+    <w:p w14:paraId="7151BB75" w14:textId="77777777" w:rsidR="000D12C4" w:rsidRDefault="000D12C4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -3082,51 +3183,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A7EDD44" w14:textId="77777777" w:rsidR="00C077A3" w:rsidRDefault="00C077A3"/>
-  <w:p w14:paraId="1FFB6873" w14:textId="50C8D117" w:rsidR="00C077A3" w:rsidRDefault="00C077A3">
+  <w:p w14:paraId="1FFB6873" w14:textId="78E1B7ED" w:rsidR="00C077A3" w:rsidRDefault="00C077A3">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -3199,118 +3300,130 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="006A4A7D">
+    <w:r w:rsidR="00E93512">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="00807522">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>6/30/2025</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00E93512">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>09</w:t>
+    </w:r>
+    <w:r w:rsidR="00807522">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2599D84B" w14:textId="77777777" w:rsidR="00970B0A" w:rsidRDefault="00970B0A">
+    <w:p w14:paraId="13FD553C" w14:textId="77777777" w:rsidR="000D12C4" w:rsidRDefault="000D12C4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45FEED60" w14:textId="77777777" w:rsidR="00970B0A" w:rsidRDefault="00970B0A">
+    <w:p w14:paraId="52352B0C" w14:textId="77777777" w:rsidR="000D12C4" w:rsidRDefault="000D12C4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3DEDED4B" w14:textId="77777777" w:rsidR="00C077A3" w:rsidRPr="00CC53B2" w:rsidRDefault="00C077A3" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6BB53B66" w14:textId="77777777" w:rsidR="00C077A3" w:rsidRPr="00CC53B2" w:rsidRDefault="00C077A3">
     <w:pPr>
@@ -4318,50 +4431,51 @@
   <w:num w:numId="4" w16cid:durableId="1889023643">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="255360256">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="928389637">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1481533488">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1063065430">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2042516237">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
@@ -4369,50 +4483,51 @@
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
     <w:rsid w:val="00002860"/>
     <w:rsid w:val="00013A25"/>
     <w:rsid w:val="00030E95"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="00077BAA"/>
     <w:rsid w:val="000902E0"/>
     <w:rsid w:val="00093BD7"/>
     <w:rsid w:val="00094654"/>
     <w:rsid w:val="000A5673"/>
     <w:rsid w:val="000C10CA"/>
+    <w:rsid w:val="000D12C4"/>
     <w:rsid w:val="00146503"/>
     <w:rsid w:val="00153882"/>
     <w:rsid w:val="00154A72"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="00173047"/>
     <w:rsid w:val="00195733"/>
     <w:rsid w:val="001A65F3"/>
     <w:rsid w:val="001B16EE"/>
     <w:rsid w:val="001C7963"/>
     <w:rsid w:val="001F07AE"/>
     <w:rsid w:val="001F6401"/>
     <w:rsid w:val="002019BE"/>
     <w:rsid w:val="0022281F"/>
     <w:rsid w:val="00234A79"/>
     <w:rsid w:val="002534D7"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002B7297"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002C4AC6"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="002E44EA"/>
     <w:rsid w:val="00333499"/>
     <w:rsid w:val="00355265"/>
@@ -4490,83 +4605,85 @@
     <w:rsid w:val="00C04BFC"/>
     <w:rsid w:val="00C077A3"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00CA1221"/>
     <w:rsid w:val="00CA27FA"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00D038B2"/>
     <w:rsid w:val="00D065AA"/>
     <w:rsid w:val="00D067DC"/>
     <w:rsid w:val="00D265D4"/>
     <w:rsid w:val="00D367CF"/>
     <w:rsid w:val="00D46FA2"/>
     <w:rsid w:val="00DB10E3"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DC7FDF"/>
     <w:rsid w:val="00DE5EFA"/>
     <w:rsid w:val="00DF11CE"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E27056"/>
     <w:rsid w:val="00E7532B"/>
+    <w:rsid w:val="00E93512"/>
     <w:rsid w:val="00EA019D"/>
     <w:rsid w:val="00EB3CCC"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00F12931"/>
     <w:rsid w:val="00F171AF"/>
     <w:rsid w:val="00F17871"/>
     <w:rsid w:val="00F26601"/>
     <w:rsid w:val="00F26F04"/>
+    <w:rsid w:val="00F5051E"/>
     <w:rsid w:val="00F70D95"/>
     <w:rsid w:val="00F86DE8"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE3D24"/>
     <w:rsid w:val="00FE3E22"/>
     <w:rsid w:val="00FF4D15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="534B2821"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{34BCACBB-703C-4EE6-AD0E-2540FF5E6F8D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -5402,50 +5519,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5545,137 +5681,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F32778C-99F2-4727-83DD-16833622B9D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45F3F5A5-3742-4D26-ACBA-1821196A9B53}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EB32468-2ADE-440F-8321-2148FDB02D31}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF3F1B75-AC67-4858-B125-6C9B7621993A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1017</Words>
-  <Characters>5798</Characters>
+  <Words>1031</Words>
+  <Characters>5878</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6802</CharactersWithSpaces>
+  <CharactersWithSpaces>6896</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>