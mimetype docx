--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -1,46 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7754A578" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
@@ -3013,75 +3009,71 @@
       </w:pPr>
       <w:r w:rsidRPr="00A36A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>While performing the duties of this job, the employee is required to sit for prolonged periods. The employee is regularly required to see, hear, talk, stand, twist and use repetitive motions in the conduct of work. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04042A75" w14:textId="77777777" w:rsidR="00637EFF" w:rsidRDefault="00637EFF" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00637EFF" w:rsidSect="00BA314E">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32D3241D" w14:textId="77777777" w:rsidR="00BA314E" w:rsidRDefault="00BA314E">
+    <w:p w14:paraId="116FE2A0" w14:textId="77777777" w:rsidR="00462F60" w:rsidRDefault="00462F60">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22C2C6D1" w14:textId="77777777" w:rsidR="00BA314E" w:rsidRDefault="00BA314E">
+    <w:p w14:paraId="51A932B0" w14:textId="77777777" w:rsidR="00462F60" w:rsidRDefault="00462F60">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -3093,62 +3085,52 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7E69DF9F" w14:textId="77777777" w:rsidR="00F20B7A" w:rsidRDefault="00F20B7A">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="303B678C" w14:textId="77777777" w:rsidR="008A4A58" w:rsidRDefault="008A4A58"/>
-  <w:p w14:paraId="720035BB" w14:textId="0B9E62B3" w:rsidR="008A4A58" w:rsidRDefault="008A4A58">
+  <w:p w14:paraId="720035BB" w14:textId="72584871" w:rsidR="008A4A58" w:rsidRDefault="008A4A58">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -3221,156 +3203,130 @@
     </w:r>
     <w:r w:rsidR="00D61447">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D61447">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D61447">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D61447">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00352903">
+    <w:r w:rsidR="0050684E">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...5 lines deleted...]
-      <w:t>9</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="00F20B7A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00365E0A">
+    <w:r w:rsidR="0050684E">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>26</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="00F20B7A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="046A3E83" w14:textId="77777777" w:rsidR="00BA314E" w:rsidRDefault="00BA314E">
+    <w:p w14:paraId="3C2E12D0" w14:textId="77777777" w:rsidR="00462F60" w:rsidRDefault="00462F60">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B3B313E" w14:textId="77777777" w:rsidR="00BA314E" w:rsidRDefault="00BA314E">
+    <w:p w14:paraId="3387DD04" w14:textId="77777777" w:rsidR="00462F60" w:rsidRDefault="00462F60">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="570444C8" w14:textId="77777777" w:rsidR="008A4A58" w:rsidRPr="00CC53B2" w:rsidRDefault="008A4A58" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="59CF9FE5" w14:textId="77777777" w:rsidR="008A4A58" w:rsidRPr="00CC53B2" w:rsidRDefault="008A4A58">
     <w:pPr>
@@ -3419,60 +3375,50 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Management Analyst</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6B102285" w14:textId="77777777" w:rsidR="008A4A58" w:rsidRPr="00BE6C23" w:rsidRDefault="008A4A58" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00D6494E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="110C7AC2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -4464,52 +4410,54 @@
     <w:rsid w:val="001C7963"/>
     <w:rsid w:val="001F6401"/>
     <w:rsid w:val="002019BE"/>
     <w:rsid w:val="0022281F"/>
     <w:rsid w:val="00234A79"/>
     <w:rsid w:val="002534D7"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002A6055"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002C795B"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="002E2A48"/>
     <w:rsid w:val="002F1CA1"/>
     <w:rsid w:val="00333499"/>
     <w:rsid w:val="00352903"/>
     <w:rsid w:val="00365E0A"/>
     <w:rsid w:val="00393C94"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003B3703"/>
     <w:rsid w:val="003C00D0"/>
     <w:rsid w:val="003C0BA6"/>
     <w:rsid w:val="003C2AD9"/>
     <w:rsid w:val="003C6612"/>
     <w:rsid w:val="0043603A"/>
+    <w:rsid w:val="00462F60"/>
     <w:rsid w:val="00493E6C"/>
     <w:rsid w:val="004E4581"/>
+    <w:rsid w:val="0050684E"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="00540AC5"/>
     <w:rsid w:val="00560BA2"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005D24D7"/>
     <w:rsid w:val="005E49ED"/>
     <w:rsid w:val="005E4FDB"/>
     <w:rsid w:val="005E6BE8"/>
     <w:rsid w:val="005E6E81"/>
     <w:rsid w:val="00625FF4"/>
     <w:rsid w:val="00637EFF"/>
     <w:rsid w:val="00643CC0"/>
     <w:rsid w:val="00685BD5"/>
     <w:rsid w:val="00692880"/>
     <w:rsid w:val="006A0F71"/>
     <w:rsid w:val="006B26A6"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006D0677"/>
     <w:rsid w:val="006D134A"/>
     <w:rsid w:val="006E4A3B"/>
     <w:rsid w:val="006F07AE"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="007078F1"/>
     <w:rsid w:val="007114B4"/>
     <w:rsid w:val="00712574"/>
@@ -4546,50 +4494,51 @@
     <w:rsid w:val="00B13C38"/>
     <w:rsid w:val="00B31F1D"/>
     <w:rsid w:val="00B373A7"/>
     <w:rsid w:val="00B77ACD"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B94591"/>
     <w:rsid w:val="00BA314E"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00C825AA"/>
     <w:rsid w:val="00C86DA2"/>
     <w:rsid w:val="00CB0BB6"/>
     <w:rsid w:val="00CB7B08"/>
     <w:rsid w:val="00CC5303"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00CD78AD"/>
     <w:rsid w:val="00D038B2"/>
     <w:rsid w:val="00D065AA"/>
     <w:rsid w:val="00D61447"/>
+    <w:rsid w:val="00D65EC4"/>
     <w:rsid w:val="00D67628"/>
     <w:rsid w:val="00DA1DB5"/>
     <w:rsid w:val="00DB10E3"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DE5AB4"/>
     <w:rsid w:val="00DE5EFA"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E568E8"/>
     <w:rsid w:val="00E679C5"/>
     <w:rsid w:val="00E7532B"/>
     <w:rsid w:val="00E83F23"/>
     <w:rsid w:val="00EB3CCC"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00F13355"/>
     <w:rsid w:val="00F171AF"/>
     <w:rsid w:val="00F20B7A"/>
     <w:rsid w:val="00F86DE8"/>
     <w:rsid w:val="00F9607B"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE3D24"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -5129,51 +5078,51 @@
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE41EC"/>
     <w:rPr>
       <w:sz w:val="0"/>
       <w:szCs w:val="0"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5469,50 +5418,56 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5612,101 +5567,95 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4992A5A4-B94A-4A16-9138-7FC64A09DE01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E05FCA5C-B159-4EF5-935E-ED7FA062ABF0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B70319FC-B57B-45C5-B0AE-056584BC9891}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>908</Words>
-  <Characters>6060</Characters>
+  <Words>1040</Words>
+  <Characters>5928</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
+  <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6955</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>