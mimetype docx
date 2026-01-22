--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -2123,75 +2123,101 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026872">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F249A23" w14:textId="77777777" w:rsidR="00BC5FE8" w:rsidRPr="00026872" w:rsidRDefault="00BC5FE8">
+    <w:p w14:paraId="4F249A23" w14:textId="77777777" w:rsidR="00BC5FE8" w:rsidRDefault="00BC5FE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026872">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3BD52F" w14:textId="6B6E3DD2" w:rsidR="009C2F3E" w:rsidRPr="00026872" w:rsidRDefault="009C2F3E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Speak, read, write, and comprehend the English language at a level necessary to accomplish job requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A3A0E4D" w14:textId="77777777" w:rsidR="00BC5FE8" w:rsidRPr="00026872" w:rsidRDefault="00BC5FE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="304374CB" w14:textId="77777777" w:rsidR="00BC5FE8" w:rsidRPr="00026872" w:rsidRDefault="00BC5FE8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
@@ -2743,50 +2769,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026872">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Environmental Conditions</w:t>
       </w:r>
       <w:r w:rsidRPr="00026872">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CAB1095" w14:textId="77777777" w:rsidR="00BC5FE8" w:rsidRDefault="00BC5FE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
@@ -2797,51 +2824,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29A8023E" w14:textId="77777777" w:rsidR="009D7EAA" w:rsidRPr="009D7EAA" w:rsidRDefault="009D7EAA" w:rsidP="009D7EAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D7EAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6ABD65" w14:textId="77777777" w:rsidR="009D7EAA" w:rsidRPr="00026872" w:rsidRDefault="009D7EAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72F0A05C" w14:textId="77777777" w:rsidR="00BC5FE8" w:rsidRPr="00026872" w:rsidRDefault="00BC5FE8">
       <w:pPr>
         <w:tabs>
@@ -3180,72 +3206,72 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009D7EAA" w:rsidRPr="009D7EAA">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="150777AE" w14:textId="77777777" w:rsidR="00132F7A" w:rsidRDefault="00132F7A">
+    <w:p w14:paraId="7CE55CBC" w14:textId="77777777" w:rsidR="008D3CA9" w:rsidRDefault="008D3CA9">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09EAFC82" w14:textId="77777777" w:rsidR="00132F7A" w:rsidRDefault="00132F7A">
+    <w:p w14:paraId="1DCF4190" w14:textId="77777777" w:rsidR="008D3CA9" w:rsidRDefault="008D3CA9">
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="05EDA06E" w14:textId="77777777" w:rsidR="00132F7A" w:rsidRDefault="00132F7A">
+    <w:p w14:paraId="76531163" w14:textId="77777777" w:rsidR="008D3CA9" w:rsidRDefault="008D3CA9">
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -3262,141 +3288,177 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6531B908" w14:textId="37A5C013" w:rsidR="009A52EA" w:rsidRPr="00A342CE" w:rsidRDefault="009A52EA" w:rsidP="00A342CE">
+  <w:p w14:paraId="6531B908" w14:textId="01C9B966" w:rsidR="009A52EA" w:rsidRPr="00A342CE" w:rsidRDefault="009C103B" w:rsidP="00A342CE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
+      <w:t xml:space="preserve">Page </w:t>
+    </w:r>
+    <w:r w:rsidR="009A52EA">
       <w:t>1</w:t>
     </w:r>
     <w:r>
+      <w:t xml:space="preserve"> of 3</w:t>
+    </w:r>
+    <w:r w:rsidR="009A52EA">
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00045DD5">
+    <w:r w:rsidR="009C2F3E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="004F5A6D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>7/01/2025</w:t>
+      <w:t>/0</w:t>
+    </w:r>
+    <w:r w:rsidR="009C2F3E">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>9</w:t>
+    </w:r>
+    <w:r w:rsidR="004F5A6D">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B5E3652" w14:textId="77777777" w:rsidR="009A52EA" w:rsidRDefault="009A52EA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2856B471" w14:textId="77777777" w:rsidR="009A52EA" w:rsidRDefault="009A52EA" w:rsidP="00A342CE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5A9CA487" w14:textId="12D0FCDF" w:rsidR="009A52EA" w:rsidRPr="00A342CE" w:rsidRDefault="009A52EA" w:rsidP="00A342CE">
+  <w:p w14:paraId="73013B2D" w14:textId="4A40E436" w:rsidR="009C2F3E" w:rsidRDefault="009C2F3E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
+      <w:t xml:space="preserve">                                                                            Page </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
-      <w:tab/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00045DD5">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="20"/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t xml:space="preserve"> of 3                                          12/09/2025</w:t>
     </w:r>
-    <w:r w:rsidR="006810F0">
-[...5 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w14:paraId="5A9CA487" w14:textId="2C592585" w:rsidR="009A52EA" w:rsidRPr="00A342CE" w:rsidRDefault="009A52EA" w:rsidP="00A342CE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="051C1933" w14:textId="77777777" w:rsidR="009A52EA" w:rsidRDefault="009A52EA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
@@ -3424,61 +3486,61 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">  3</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00A342CE">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>02/01/2011</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A548CE4" w14:textId="77777777" w:rsidR="00132F7A" w:rsidRDefault="00132F7A">
+    <w:p w14:paraId="5D0B1204" w14:textId="77777777" w:rsidR="008D3CA9" w:rsidRDefault="008D3CA9">
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E0FFA25" w14:textId="77777777" w:rsidR="00132F7A" w:rsidRDefault="00132F7A">
+    <w:p w14:paraId="1583BDDF" w14:textId="77777777" w:rsidR="008D3CA9" w:rsidRDefault="008D3CA9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F225BD8" w14:textId="77777777" w:rsidR="009A52EA" w:rsidRDefault="009A52EA" w:rsidP="00A342CE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00026872">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:szCs w:val="22"/>
@@ -3787,52 +3849,56 @@
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00781410"/>
     <w:rsid w:val="00026872"/>
     <w:rsid w:val="000406C9"/>
     <w:rsid w:val="00045DD5"/>
     <w:rsid w:val="00132F7A"/>
     <w:rsid w:val="00133794"/>
     <w:rsid w:val="001439E5"/>
     <w:rsid w:val="004432CF"/>
     <w:rsid w:val="004639DB"/>
     <w:rsid w:val="004E524E"/>
     <w:rsid w:val="004F5A6D"/>
     <w:rsid w:val="005C0FAD"/>
     <w:rsid w:val="006810F0"/>
     <w:rsid w:val="00781410"/>
     <w:rsid w:val="00781BF0"/>
+    <w:rsid w:val="00824494"/>
     <w:rsid w:val="00885CC8"/>
+    <w:rsid w:val="008D3CA9"/>
     <w:rsid w:val="009A52EA"/>
+    <w:rsid w:val="009C103B"/>
+    <w:rsid w:val="009C2F3E"/>
     <w:rsid w:val="009D7EAA"/>
     <w:rsid w:val="00A342CE"/>
     <w:rsid w:val="00A8724D"/>
     <w:rsid w:val="00BC5FE8"/>
     <w:rsid w:val="00CB0F9D"/>
     <w:rsid w:val="00D05248"/>
     <w:rsid w:val="00D82AE3"/>
     <w:rsid w:val="00E310AB"/>
     <w:rsid w:val="00EB5EEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -5379,56 +5445,53 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -5532,114 +5595,117 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{174C4A13-08BF-457E-A725-478353F398C1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98B88A84-D904-465A-B51C-8EE8804F9B8B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33D3C373-56A7-45CF-968F-F6879CEFF44E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98B88A84-D904-465A-B51C-8EE8804F9B8B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{174C4A13-08BF-457E-A725-478353F398C1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>898</Words>
-  <Characters>5119</Characters>
+  <Words>914</Words>
+  <Characters>5212</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
+  <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CITY OF GRAND JUNCTION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6005</CharactersWithSpaces>
+  <CharactersWithSpaces>6114</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CITY OF GRAND JUNCTION</dc:title>
   <dc:subject/>
   <dc:creator>Laura Conant</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>