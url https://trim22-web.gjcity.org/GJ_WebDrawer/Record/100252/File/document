--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -1361,50 +1361,68 @@
         </w:rPr>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E80C32F" w14:textId="77777777" w:rsidR="00957707" w:rsidRDefault="001C65B0" w:rsidP="001C65B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C65B0">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6E107094" w14:textId="375E6C6E" w:rsidR="000A08E2" w:rsidRDefault="000A08E2" w:rsidP="001C65B0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="5CCCD337" w14:textId="77777777" w:rsidR="001C65B0" w:rsidRPr="001D1778" w:rsidRDefault="001C65B0" w:rsidP="001C65B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38CFC99C" w14:textId="77777777" w:rsidR="007549C2" w:rsidRPr="001D1778" w:rsidRDefault="007549C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
@@ -1879,50 +1897,51 @@
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="690C238C" w14:textId="77777777" w:rsidR="00543C20" w:rsidRPr="001D1778" w:rsidRDefault="00543C20" w:rsidP="0052690C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Possession of, or ability to obtain, Colorado “D” water or wastewater certification</w:t>
       </w:r>
       <w:r w:rsidR="00141DB9">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
         <w:t xml:space="preserve"> within 24 months of hire.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BC8E53" w14:textId="77777777" w:rsidR="007549C2" w:rsidRPr="001D1778" w:rsidRDefault="007549C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09ACBF2D" w14:textId="77777777" w:rsidR="007549C2" w:rsidRPr="001D1778" w:rsidRDefault="007549C2">
@@ -2295,58 +2314,58 @@
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Position requires hearing, talking, sitting, standing, walking on level and slippery surfaces, reaching, twisting, turning, kneeling, bending, stooping, squatting, crouching, grasping and making repetitive hand movement. The employee will be exposed to varying weather conditions that may be hot, cold, or wet. The employee is also required to perform occasional light lifting.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D32E4C" w:rsidRPr="00917F76">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00C22434" w14:textId="77777777" w:rsidR="00D24AE2" w:rsidRDefault="00D24AE2">
+    <w:p w14:paraId="6B877BBE" w14:textId="77777777" w:rsidR="00361F26" w:rsidRDefault="00361F26">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42EA2CDA" w14:textId="77777777" w:rsidR="00D24AE2" w:rsidRDefault="00D24AE2">
+    <w:p w14:paraId="554BB8DB" w14:textId="77777777" w:rsidR="00361F26" w:rsidRDefault="00361F26">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -2366,60 +2385,60 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0999EC42" w14:textId="77777777" w:rsidR="007549C2" w:rsidRDefault="007549C2">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="71095459" w14:textId="77777777" w:rsidR="007549C2" w:rsidRDefault="007549C2">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="0DF5D944" w14:textId="77777777" w:rsidR="007549C2" w:rsidRDefault="00D567F1">
+  <w:p w14:paraId="0DF5D944" w14:textId="77777777" w:rsidR="007549C2" w:rsidRDefault="00000000">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="10CF98EF">
-        <v:rect id="_x0000_s1025" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:1pt;width:468pt;height:21pt;z-index:251657216;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
+        <v:rect id="_x0000_s1025" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:1pt;width:468pt;height:21pt;z-index:1;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="0C30970A" w14:textId="77777777" w:rsidR="007549C2" w:rsidRPr="001D1778" w:rsidRDefault="007549C2">
+              <w:p w14:paraId="0C30970A" w14:textId="0D2B84B5" w:rsidR="007549C2" w:rsidRPr="001D1778" w:rsidRDefault="007549C2">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r w:rsidRPr="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r w:rsidRPr="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
                 <w:r w:rsidRPr="001D1778">
@@ -2468,94 +2487,118 @@
                 <w:r w:rsidRPr="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="005F3CFD">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:t>3</w:t>
                 </w:r>
                 <w:r w:rsidRPr="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r w:rsidR="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
+                <w:r w:rsidR="000A08E2">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>12</w:t>
+                </w:r>
                 <w:r w:rsidR="00141DB9">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
-                  <w:t>04/30/2024</w:t>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="000A08E2">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>12</w:t>
+                </w:r>
+                <w:r w:rsidR="00141DB9">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>/202</w:t>
+                </w:r>
+                <w:r w:rsidR="000A08E2">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>5</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D2D4622" w14:textId="77777777" w:rsidR="007549C2" w:rsidRDefault="007549C2">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1CE84DC3" w14:textId="77777777" w:rsidR="007549C2" w:rsidRDefault="007549C2">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="16FBE94A" w14:textId="77777777" w:rsidR="007549C2" w:rsidRDefault="00D567F1">
+  <w:p w14:paraId="16FBE94A" w14:textId="77777777" w:rsidR="007549C2" w:rsidRDefault="00000000">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="072AB363">
-        <v:rect id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:4pt;width:468pt;height:18pt;z-index:251658240;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
+        <v:rect id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:4pt;width:468pt;height:18pt;z-index:2;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="241CC8FA" w14:textId="5E369687" w:rsidR="007549C2" w:rsidRPr="001D1778" w:rsidRDefault="007549C2">
+              <w:p w14:paraId="241CC8FA" w14:textId="7A06B1CC" w:rsidR="007549C2" w:rsidRPr="001D1778" w:rsidRDefault="007549C2">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r w:rsidRPr="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r w:rsidRPr="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
                 <w:r w:rsidRPr="001D1778">
@@ -2604,84 +2647,96 @@
                 <w:r w:rsidRPr="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00BC09F4">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:t>1</w:t>
                 </w:r>
                 <w:r w:rsidRPr="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r w:rsidR="001D1778">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
-                <w:r w:rsidR="00141DB9">
+                <w:r w:rsidR="000A08E2">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
-                  <w:t>0</w:t>
+                  <w:t>12</w:t>
                 </w:r>
                 <w:r w:rsidR="00B1303F">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                   </w:rPr>
-                  <w:t>7/01/2025</w:t>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="000A08E2">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>12</w:t>
+                </w:r>
+                <w:r w:rsidR="00B1303F">
+                  <w:rPr>
+                    <w:snapToGrid w:val="0"/>
+                  </w:rPr>
+                  <w:t>/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A0735B2" w14:textId="77777777" w:rsidR="00D24AE2" w:rsidRDefault="00D24AE2">
+    <w:p w14:paraId="2F59CFAE" w14:textId="77777777" w:rsidR="00361F26" w:rsidRDefault="00361F26">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="103B334B" w14:textId="77777777" w:rsidR="00D24AE2" w:rsidRDefault="00D24AE2">
+    <w:p w14:paraId="2B446992" w14:textId="77777777" w:rsidR="00361F26" w:rsidRDefault="00361F26">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B2E492A" w14:textId="77777777" w:rsidR="00876FB6" w:rsidRPr="002B38D5" w:rsidRDefault="00876FB6" w:rsidP="00876FB6">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002B38D5">
       <w:rPr>
         <w:b/>
         <w:sz w:val="22"/>
@@ -3248,97 +3303,100 @@
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00630579"/>
+    <w:rsid w:val="000A08E2"/>
     <w:rsid w:val="00101F52"/>
     <w:rsid w:val="0011573E"/>
     <w:rsid w:val="00141DB9"/>
     <w:rsid w:val="00181C61"/>
     <w:rsid w:val="00187239"/>
     <w:rsid w:val="001C65B0"/>
     <w:rsid w:val="001D1778"/>
     <w:rsid w:val="00210E19"/>
     <w:rsid w:val="00246F14"/>
     <w:rsid w:val="00257051"/>
     <w:rsid w:val="00271319"/>
     <w:rsid w:val="002B38D5"/>
     <w:rsid w:val="00346DAC"/>
+    <w:rsid w:val="00361F26"/>
     <w:rsid w:val="003B77E2"/>
     <w:rsid w:val="003C0F5B"/>
     <w:rsid w:val="004306D3"/>
     <w:rsid w:val="004F74D2"/>
     <w:rsid w:val="00517929"/>
     <w:rsid w:val="0052690C"/>
     <w:rsid w:val="00543C20"/>
     <w:rsid w:val="00543F91"/>
     <w:rsid w:val="005F3CFD"/>
     <w:rsid w:val="00630579"/>
     <w:rsid w:val="00672730"/>
     <w:rsid w:val="006B1E84"/>
     <w:rsid w:val="007549C2"/>
     <w:rsid w:val="00764A82"/>
     <w:rsid w:val="00876FB6"/>
     <w:rsid w:val="008B2E87"/>
     <w:rsid w:val="00957707"/>
     <w:rsid w:val="00965F1C"/>
     <w:rsid w:val="00A622D1"/>
     <w:rsid w:val="00AA6FC9"/>
     <w:rsid w:val="00B1303F"/>
     <w:rsid w:val="00B9422B"/>
     <w:rsid w:val="00BC09F4"/>
     <w:rsid w:val="00BD7870"/>
     <w:rsid w:val="00C21E91"/>
     <w:rsid w:val="00C3329D"/>
     <w:rsid w:val="00C7509E"/>
     <w:rsid w:val="00CD57EC"/>
     <w:rsid w:val="00CE2650"/>
     <w:rsid w:val="00D053CB"/>
     <w:rsid w:val="00D24AE2"/>
     <w:rsid w:val="00D32E4C"/>
     <w:rsid w:val="00D50A65"/>
     <w:rsid w:val="00D567F1"/>
+    <w:rsid w:val="00D65EC4"/>
     <w:rsid w:val="00D80D1C"/>
     <w:rsid w:val="00DF66F7"/>
     <w:rsid w:val="00EB5EEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -4220,50 +4278,59 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -4363,118 +4430,109 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D756C51-80F4-4B76-9E9F-8186133BFB33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22C65FB5-E4CC-449A-A7F7-FD7375AA8D01}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7871974D-C947-4497-A3DF-B67D9E7CBB39}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>962</Words>
-  <Characters>5489</Characters>
+  <Words>972</Words>
+  <Characters>5545</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6439</CharactersWithSpaces>
+  <CharactersWithSpaces>6504</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Laura Conant</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>