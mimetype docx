--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -2050,50 +2050,70 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3510CF66" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7046F6FF" w14:textId="6D7E8241" w:rsidR="00430D85" w:rsidRDefault="00430D85">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01C6DF1F" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0043603A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
@@ -2454,50 +2474,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47C8236C" w14:textId="77777777" w:rsidR="00B0483A" w:rsidRDefault="00B0483A" w:rsidP="00B0483A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Possession of, or ability to obtain, a valid </w:t>
       </w:r>
       <w:r w:rsidR="009020AB">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Colorado </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>driver’s license.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D98A12B" w14:textId="77777777" w:rsidR="00B0483A" w:rsidRDefault="00B0483A" w:rsidP="00B0483A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
@@ -3217,117 +3238,117 @@
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00697DC7" w:rsidRPr="00917F76" w:rsidSect="00CA10A1">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D2AAB59" w14:textId="77777777" w:rsidR="00CA10A1" w:rsidRDefault="00CA10A1">
+    <w:p w14:paraId="0B252801" w14:textId="77777777" w:rsidR="00D6536A" w:rsidRDefault="00D6536A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AE4B3D3" w14:textId="77777777" w:rsidR="00CA10A1" w:rsidRDefault="00CA10A1">
+    <w:p w14:paraId="5C131A2D" w14:textId="77777777" w:rsidR="00D6536A" w:rsidRDefault="00D6536A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="738610EB" w14:textId="77777777" w:rsidR="003079D8" w:rsidRDefault="003079D8"/>
-  <w:p w14:paraId="042895DB" w14:textId="47AF2E44" w:rsidR="003079D8" w:rsidRDefault="003079D8">
+  <w:p w14:paraId="042895DB" w14:textId="48F5617E" w:rsidR="003079D8" w:rsidRDefault="003079D8">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0028652A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -3400,118 +3421,130 @@
     </w:r>
     <w:r w:rsidR="00BE48B2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BE48B2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BE48B2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BE48B2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="007B15DC">
+    <w:r w:rsidR="00430D85">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="00431A30">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>7/01/2025</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00430D85">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r w:rsidR="00431A30">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22D296BB" w14:textId="77777777" w:rsidR="00CA10A1" w:rsidRDefault="00CA10A1">
+    <w:p w14:paraId="48B32D21" w14:textId="77777777" w:rsidR="00D6536A" w:rsidRDefault="00D6536A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4142287C" w14:textId="77777777" w:rsidR="00CA10A1" w:rsidRDefault="00CA10A1">
+    <w:p w14:paraId="04E907FA" w14:textId="77777777" w:rsidR="00D6536A" w:rsidRDefault="00D6536A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7622D7B2" w14:textId="77777777" w:rsidR="003079D8" w:rsidRPr="00CC53B2" w:rsidRDefault="003079D8" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="07459315" w14:textId="77777777" w:rsidR="003079D8" w:rsidRPr="00CC53B2" w:rsidRDefault="003079D8">
     <w:pPr>
@@ -4654,50 +4687,51 @@
     <w:rsid w:val="001C7963"/>
     <w:rsid w:val="001D6FBE"/>
     <w:rsid w:val="001F6401"/>
     <w:rsid w:val="002019BE"/>
     <w:rsid w:val="0022281F"/>
     <w:rsid w:val="00234A79"/>
     <w:rsid w:val="002534D7"/>
     <w:rsid w:val="00264172"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002837C5"/>
     <w:rsid w:val="0028508D"/>
     <w:rsid w:val="0028652A"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="003079D8"/>
     <w:rsid w:val="00333499"/>
     <w:rsid w:val="003738D4"/>
     <w:rsid w:val="00393C94"/>
     <w:rsid w:val="003A34F3"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003C00D0"/>
     <w:rsid w:val="003C0BA6"/>
     <w:rsid w:val="003C2AD9"/>
     <w:rsid w:val="003C5950"/>
+    <w:rsid w:val="00430D85"/>
     <w:rsid w:val="00431A30"/>
     <w:rsid w:val="0043603A"/>
     <w:rsid w:val="004533B8"/>
     <w:rsid w:val="00493E6C"/>
     <w:rsid w:val="00497D5E"/>
     <w:rsid w:val="004A64F3"/>
     <w:rsid w:val="004B5B23"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="00540AC5"/>
     <w:rsid w:val="00553758"/>
     <w:rsid w:val="00560BA2"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005B0BAB"/>
     <w:rsid w:val="005D24D7"/>
     <w:rsid w:val="005E4FDB"/>
     <w:rsid w:val="005E6BE8"/>
     <w:rsid w:val="00685BD5"/>
     <w:rsid w:val="00697DC7"/>
     <w:rsid w:val="006A0F71"/>
     <w:rsid w:val="006B26A6"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006D0677"/>
     <w:rsid w:val="006D134A"/>
     <w:rsid w:val="006E4A3B"/>
     <w:rsid w:val="006F07AE"/>
@@ -4732,50 +4766,52 @@
     <w:rsid w:val="009B782B"/>
     <w:rsid w:val="009F2825"/>
     <w:rsid w:val="00A05715"/>
     <w:rsid w:val="00A97BD0"/>
     <w:rsid w:val="00AC3E63"/>
     <w:rsid w:val="00B0483A"/>
     <w:rsid w:val="00B343CF"/>
     <w:rsid w:val="00B60669"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00BE48B2"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C41EF9"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00CA10A1"/>
     <w:rsid w:val="00CB3814"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00CD2783"/>
     <w:rsid w:val="00D038B2"/>
     <w:rsid w:val="00D065AA"/>
+    <w:rsid w:val="00D6536A"/>
+    <w:rsid w:val="00D65EC4"/>
     <w:rsid w:val="00DB10E3"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DE5EFA"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E370EA"/>
     <w:rsid w:val="00E7532B"/>
     <w:rsid w:val="00EB3CCC"/>
     <w:rsid w:val="00EB5EEE"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00ED5A96"/>
     <w:rsid w:val="00EF2502"/>
     <w:rsid w:val="00F171AF"/>
     <w:rsid w:val="00F26601"/>
     <w:rsid w:val="00F86DE8"/>
     <w:rsid w:val="00FC0BAC"/>
     <w:rsid w:val="00FD54FE"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE3D24"/>
     <w:rsid w:val="00FF11FC"/>
     <w:rsid w:val="18469709"/>
     <w:rsid w:val="1B49FC23"/>
     <w:rsid w:val="3A1C03C4"/>
     <w:rsid w:val="5BCEF6E1"/>
     <w:rsid w:val="600D49CD"/>
     <w:rsid w:val="64622346"/>
@@ -5633,59 +5669,60 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5785,118 +5822,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E485B33-FFB8-41DF-8490-EAC517DF5790}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F57960CE-BFFB-4D8A-A7AF-24772631F723}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3191E3F6-BB09-46E2-8185-B966E5113DCC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE33EB4D-EB1E-489E-BD89-2748B1E38B96}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3191E3F6-BB09-46E2-8185-B966E5113DCC}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E485B33-FFB8-41DF-8490-EAC517DF5790}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1127</Words>
-  <Characters>6425</Characters>
+  <Words>1137</Words>
+  <Characters>6481</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
+  <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7537</CharactersWithSpaces>
+  <CharactersWithSpaces>7603</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BEC999F178294D40A9422D1EAAD2CE9D</vt:lpwstr>