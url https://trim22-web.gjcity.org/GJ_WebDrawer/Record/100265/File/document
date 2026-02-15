--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -46,3426 +46,2750 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0725FAB2" w14:textId="77777777" w:rsidR="006C3AA8" w:rsidRDefault="006C3AA8" w:rsidP="0044045A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:smallCaps/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570F4279" w14:textId="77777777" w:rsidR="006C3AA8" w:rsidRDefault="006C3AA8">
-[...15 lines deleted...]
-    <w:p w14:paraId="7F76048E" w14:textId="77777777" w:rsidR="006C3AA8" w:rsidRDefault="006C3AA8">
+    <w:p w14:paraId="3C8BD655" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class.  Specifications are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> intended to reflect all duties performed within the job.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D99AB4D" w14:textId="77777777" w:rsidR="006C3AA8" w:rsidRDefault="006C3AA8">
-[...31 lines deleted...]
-    <w:p w14:paraId="2C63007A" w14:textId="77777777" w:rsidR="006C3AA8" w:rsidRDefault="006C3AA8">
+    <w:p w14:paraId="5BAA60DB" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32529391" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEFINITION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1613B2" w14:textId="77777777" w:rsidR="0044045A" w:rsidRPr="0044045A" w:rsidRDefault="00B96F0E" w:rsidP="00B26F39">
-[...11 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="24F3EBA2" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CA3640B" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide leadership and strategic direction to assigned City departments and programs; collaborate with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the City Manager to develop and implement the City's goals, objectives, and strategic initiatives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ensur</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assigned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>department</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>functions align with the City’s goals, policies, and legal requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>manag</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and evaluat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>their assigned C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ity departments, develop and implement strategic priorities, foster</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strong</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relationships with businesses, community groups, and other stakeholders</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; and provide highly responsible and complex assistance to the City Manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC79A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6341CAB1" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E09DA30" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>JOB CLASSIFICATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B04673D" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42F9561E" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00573341" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573341">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Exempt, Non-Safety Sensitive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72699742" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57DCC16D" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>SUPERVISION RECEIVED AND EXERCISED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF55594" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40E0E695" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Receives </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>direction</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the City Manager.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFAB77A" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="435D7286" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exercises direct supervision over assigned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>department directors</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FF6926" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B71DB47" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PRIMARY DUTIES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>--</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>The following are examples of primary duties assigned to positions in this classification.  Other related duties and responsibilities may be assigned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F61206" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="201E6B37" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Assist the City Manager in planning, directing, and coordinating the City's strategic plan, goals, policies, and priorities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>versee implementation by assigning projects, defining programmatic responsibilities, and evaluating operational effectiveness</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ollaborate with management staff to develop initiatives that align with City priorities and enhance service delivery.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A03DA32" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10D6995E" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Oversee the operations of assigned City departments, ensuring efficient service delivery, alignment with City priorities, and compliance with all applicable laws and policies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>rovide leadership to department directors by supporting workforce development, fostering teamwork, and promoting a high-performance, service-oriented culture</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>stablish performance expectations, monitor progress, and implement best practices to enhance accountability, innovation, and efficiency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C65F87" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C4B703F" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Represent the City in intergovernmental affairs, regional partnerships, and collaborative initiatives with other agencies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>dvocate for City priorities, develop strategic partnerships, and secure funding opportunities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="351DEF30" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="586DD728" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Assist in developing and overseeing the City’s budget</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>nsure assigned departments operate within budgetary constraints and align financial resources with strategic priorities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E407C1" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="007E4CF0" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F0A3202" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="001E1819" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Assist the City Manager in formulating and executing policies that impact City operations; research, evaluate, and recommend policy changes to enhance service delivery and organizational effectiveness.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4CF0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352D47BA" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Serve as a liaison between the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, businesses, residents, and community groups</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>trengthen public trust by enhancing transparency, responsiveness, and civic engagement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25256B9C" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="279E0CA0" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Prepare reports, presentations, and agenda items for City Council meetings</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>rovide recommendations on Citywide policy and operational matters, ensuring alignment with Council priorities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75571E81" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A3A2689" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lead or support high-priority projects, including infrastructure initiatives, capital planning, and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>itywide programs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ork closely with internal and external stakeholders to ensure timely execution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E5305C" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7D040D" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="008243AD" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09113D45" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Provide direct assistance to the City Manager on high-level initiatives, special projects, and policy matters</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008243AD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>erve as Acting City Manager when designated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75682BAC" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38605ABF" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A41079">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Perform other duties as assigned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63863590" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00A41079" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC1CFE6" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C516453" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39829FB7" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="633607F8" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Knowledge of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ADCA2CA" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D5DF639" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Municipal government services, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>organizational structure, and political framework.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BBD68D" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="0044045A" w:rsidRPr="0044045A">
-[...113 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ublic relations and interrelationships with community groups and agencies, private businesses and firms, and other levels of government</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6922C426" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Effective public speaking and presentation techniques.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75CBD957" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Mediation, facilitation and problem-solving skills.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285DE242" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>English usage, spelling, grammar and punctuation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34BDB6FF" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Modern office procedures, methods and equipment including computers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D22373D" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Principles and practice of project management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AE20DC" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00C45E23" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Principles of supervision, training and performance evaluation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372F81F2" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00C45E23" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Methods of analyzing, evaluating and modifying administrative procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3498FB94" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research methods and sources of information related to urban growth and development. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF82E5C" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Pertinent Federal, State and local laws, codes and regulations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B177835" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E6B5B9A" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Ability to</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A5EE53" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73B4B5A6" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Analyze problems, identify alternative solutions, project consequences of proposed actions and implement recommendations in support of goals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A996CA" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interpret, apply, and explain </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pertinent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Federal, State and local policies, laws and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630ABC64" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00C45E23" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan, organize and direct the work of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assigned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>staff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEA2FA8" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00C45E23" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Select, supervise, train and evaluate staff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C330605" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00C45E23" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Delegate authority and responsibility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7A93F5" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00C45E23" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Identify and respond to community and City Council issues, concerns and needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258AE2F1" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Develop and administer city-wide goals, objectives and procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C30EF39" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00C45E23" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5635F9" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E23">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72616A3F" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Prepare and conduct presentations for large audiences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E35D618" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Present technical data, in verbal, written, graphic and map form, to a variety of boards and commissions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12631D14" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00597B9D" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Interpret and explain City policies and procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5F513E" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>JOB CLASSIFICATION</w:t>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06BCB495" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...35 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Experience and Training Guidelines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106871C1" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Minimum Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E0A061" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7175639B" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Experience</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7B1E41" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="714481A5" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Seven (7) years of increasingly responsible in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>municipal government</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, public administration, or related field</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597B9D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2E9591" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="522CDAFA" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>SUPERVISION RECEIVED AND EXERCISED</w:t>
-[...93 lines deleted...]
-      </w:pPr>
+        <w:t>Training</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:u w:val="single"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="2B1B5F20" w14:textId="77777777" w:rsidR="009C6EF3" w:rsidRDefault="003C3AA2" w:rsidP="009C6EF3">
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD99A0A" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FF736B8" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...2376 lines deleted...]
-    <w:p w14:paraId="488360B0" w14:textId="77777777" w:rsidR="00337BE2" w:rsidRDefault="00337BE2">
+        <w:t>Bachelor’s degree from an accredited college or university with major course work in public administration, business administration, or a related field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09FAF675" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BCD9029" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Other combinations of experience and education that meet the minimum requirements may be substituted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA6F947" w14:textId="77777777" w:rsidR="006C3AA8" w:rsidRDefault="006C3AA8">
-[...326 lines deleted...]
-      <w:r w:rsidRPr="00917F76">
+    <w:p w14:paraId="182074CD" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="302D9259" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F542ACF" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="002472C2" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002472C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>License or Certificate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002472C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFB362B" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="002472C2" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5259E9D5" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="002472C2" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002472C2">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Possession of, or ability to obtain a valid Colorado Driver’s license.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6C84E4" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="043309FB" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>WORKING CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35128BEB" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="238E96E1" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Environmental Conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303F0DC8" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E00758A" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AA1EB3" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0368A4B4" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6083419D" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26791507" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Physical Conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E288417" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="436011F7" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>The job is characterized by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579DFFA1" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6364A797" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Sedentary Work</w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
-        <w:t>:  Exerting up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body.  Sedentary work involves sitting most of the time.  Jobs are sedentary if walking and standing are required only occasionally and all other sedentary criteria are met.</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="70B5056E" w14:textId="77777777" w:rsidR="00150A30" w:rsidRDefault="00150A30" w:rsidP="00150A30">
+        <w:t>: Exerting up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body.  Sedentary work involves sitting most of the time.  Jobs are sedentary if walking and standing are required only occasionally and all other sedentary criteria are met.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277E3F79" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="00917F76" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3155C2D9" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">physical </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>activities are very or extremely important in accompl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">ishing the job’s purpose and are </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>performed on a daily basis:</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="2FDB5A6C" w14:textId="77777777" w:rsidR="00150A30" w:rsidRPr="00A36A2C" w:rsidRDefault="00150A30" w:rsidP="00150A30">
+        <w:t xml:space="preserve">performed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>on a daily basis</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4220DA05" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0158CDD5" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRPr="007C49FF" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A36A2C">
+      <w:r w:rsidRPr="007C49FF">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>While performing the duties of this job, the employee is required to sit for prolonged periods. The employee is regularly required to see, hear, talk, stand, twist and use repetitive motions in the conduct of work. The employee is also required to perform light lifting.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0D28A965" w14:textId="77777777" w:rsidR="006C3AA8" w:rsidRDefault="006C3AA8" w:rsidP="00150A30">
+        <w:t xml:space="preserve">While performing the duties of this job, the employee is regularly required to sit, stand, walk, talk, hear, see and demonstrate manual dexterity. The employee is occasionally required to kneel, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C49FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>stoop</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C49FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, and perform light lifting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46DD19F4" w14:textId="77777777" w:rsidR="00FF33DE" w:rsidRDefault="00FF33DE" w:rsidP="00FF33DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D28A965" w14:textId="77777777" w:rsidR="006C3AA8" w:rsidRDefault="006C3AA8" w:rsidP="00FF33DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006C3AA8" w:rsidSect="00FD70ED">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BDA2CC1" w14:textId="77777777" w:rsidR="00C77C02" w:rsidRDefault="00C77C02">
+    <w:p w14:paraId="48F07BB7" w14:textId="77777777" w:rsidR="0084463A" w:rsidRDefault="0084463A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20E60501" w14:textId="77777777" w:rsidR="00C77C02" w:rsidRDefault="00C77C02">
+    <w:p w14:paraId="09A106BD" w14:textId="77777777" w:rsidR="0084463A" w:rsidRDefault="0084463A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -3501,51 +2825,51 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="247C46B6" w14:textId="77777777" w:rsidR="00B96F0E" w:rsidRDefault="00B96F0E">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4EB16DBD" w14:textId="77777777" w:rsidR="00B96F0E" w:rsidRDefault="00B96F0E">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="07CBB94A" w14:textId="77777777" w:rsidR="00B96F0E" w:rsidRDefault="00000000">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="5AE108D6">
         <v:rect id="_x0000_s1025" style="position:absolute;margin-left:1in;margin-top:3.25pt;width:468pt;height:18.75pt;z-index:1;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="1B60C7A1" w14:textId="5808D76C" w:rsidR="00B96F0E" w:rsidRDefault="00B96F0E">
+              <w:p w14:paraId="1B60C7A1" w14:textId="65E67E87" w:rsidR="00B96F0E" w:rsidRDefault="00B96F0E">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                   <w:rPr>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
@@ -3610,95 +2934,95 @@
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00150A30">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t>3</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
-                <w:r w:rsidR="00121E8E">
+                <w:r w:rsidR="00FF33DE">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>11/13/2025</w:t>
+                  <w:t>1/23/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="549EC670" w14:textId="77777777" w:rsidR="00B96F0E" w:rsidRDefault="00B96F0E">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6A2FA8E0" w14:textId="77777777" w:rsidR="00B96F0E" w:rsidRDefault="00B96F0E">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="416E92AF" w14:textId="77777777" w:rsidR="00B96F0E" w:rsidRDefault="00000000">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="061CD695">
         <v:rect id="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:3.25pt;width:468pt;height:18.75pt;z-index:2;mso-position-horizontal-relative:page" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="5DC54D9F" w14:textId="6E1C62A8" w:rsidR="00B96F0E" w:rsidRDefault="00B96F0E">
+              <w:p w14:paraId="5DC54D9F" w14:textId="58AE9AE7" w:rsidR="00B96F0E" w:rsidRDefault="00B96F0E">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="4680"/>
                     <w:tab w:val="right" w:pos="9360"/>
                   </w:tabs>
                   <w:rPr>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Page </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
@@ -3762,81 +3086,80 @@
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00150A30">
                   <w:rPr>
                     <w:noProof/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:t>1</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
                   <w:tab/>
-                  <w:t>0</w:t>
                 </w:r>
-                <w:r w:rsidR="009D7A7A">
+                <w:r w:rsidR="008B28A6">
                   <w:rPr>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:val="-2"/>
                   </w:rPr>
-                  <w:t>6/30/2025</w:t>
+                  <w:t>1/23/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AD3588A" w14:textId="77777777" w:rsidR="00C77C02" w:rsidRDefault="00C77C02">
+    <w:p w14:paraId="5861AB3E" w14:textId="77777777" w:rsidR="0084463A" w:rsidRDefault="0084463A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F10539D" w14:textId="77777777" w:rsidR="00C77C02" w:rsidRDefault="00C77C02">
+    <w:p w14:paraId="50D393CD" w14:textId="77777777" w:rsidR="0084463A" w:rsidRDefault="0084463A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A3317FF" w14:textId="77777777" w:rsidR="00B96F0E" w:rsidRDefault="00B96F0E" w:rsidP="00F83E81">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -4803,50 +4126,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61F71B8E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2278DE26"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67241CFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7AE808C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4940,50 +4349,53 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1889027853">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="56170658">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="922840529">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="727730367">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="123425325">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1204056820">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1274745867">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="766390342">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="626737854">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
@@ -5028,123 +4440,126 @@
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F75666"/>
     <w:rsid w:val="00067390"/>
     <w:rsid w:val="000A2DA5"/>
     <w:rsid w:val="00121E8E"/>
     <w:rsid w:val="00150A30"/>
     <w:rsid w:val="00183773"/>
     <w:rsid w:val="001A556F"/>
     <w:rsid w:val="001F32AB"/>
     <w:rsid w:val="00231188"/>
     <w:rsid w:val="00273C43"/>
     <w:rsid w:val="002833B4"/>
     <w:rsid w:val="003102F4"/>
     <w:rsid w:val="003109DD"/>
     <w:rsid w:val="00337BE2"/>
     <w:rsid w:val="0035126F"/>
     <w:rsid w:val="00372D90"/>
     <w:rsid w:val="003C3AA2"/>
     <w:rsid w:val="003E1739"/>
     <w:rsid w:val="0044045A"/>
     <w:rsid w:val="004412D5"/>
     <w:rsid w:val="00497B94"/>
+    <w:rsid w:val="004A29A8"/>
     <w:rsid w:val="004B751B"/>
     <w:rsid w:val="00526C37"/>
     <w:rsid w:val="00595558"/>
     <w:rsid w:val="005E386B"/>
     <w:rsid w:val="005F4A54"/>
     <w:rsid w:val="00604BCD"/>
     <w:rsid w:val="00607474"/>
     <w:rsid w:val="00610F0D"/>
     <w:rsid w:val="006C3AA8"/>
     <w:rsid w:val="0071653D"/>
     <w:rsid w:val="007B2FAB"/>
     <w:rsid w:val="007D0C26"/>
     <w:rsid w:val="00837969"/>
     <w:rsid w:val="0084355A"/>
+    <w:rsid w:val="0084463A"/>
     <w:rsid w:val="008729B2"/>
+    <w:rsid w:val="008B28A6"/>
     <w:rsid w:val="008B6BAF"/>
     <w:rsid w:val="00907105"/>
     <w:rsid w:val="0091071E"/>
     <w:rsid w:val="00954628"/>
     <w:rsid w:val="00973700"/>
     <w:rsid w:val="009944D0"/>
     <w:rsid w:val="009C37B6"/>
     <w:rsid w:val="009C6EF3"/>
     <w:rsid w:val="009D7A7A"/>
     <w:rsid w:val="009F56F7"/>
     <w:rsid w:val="00A40505"/>
     <w:rsid w:val="00A44F5D"/>
     <w:rsid w:val="00AF2666"/>
     <w:rsid w:val="00AF557C"/>
     <w:rsid w:val="00B00DE9"/>
     <w:rsid w:val="00B26F39"/>
     <w:rsid w:val="00B96F0E"/>
     <w:rsid w:val="00BA28E4"/>
     <w:rsid w:val="00C20E99"/>
     <w:rsid w:val="00C5236A"/>
     <w:rsid w:val="00C77C02"/>
     <w:rsid w:val="00CF0BA1"/>
     <w:rsid w:val="00D64843"/>
     <w:rsid w:val="00DC07C9"/>
     <w:rsid w:val="00DC6CA8"/>
     <w:rsid w:val="00DD0A75"/>
     <w:rsid w:val="00E56BEE"/>
     <w:rsid w:val="00EB2827"/>
     <w:rsid w:val="00ED65AC"/>
     <w:rsid w:val="00EF7FB4"/>
     <w:rsid w:val="00F06B90"/>
     <w:rsid w:val="00F06C8F"/>
     <w:rsid w:val="00F07E66"/>
+    <w:rsid w:val="00F65B86"/>
     <w:rsid w:val="00F75666"/>
     <w:rsid w:val="00F83E81"/>
     <w:rsid w:val="00F92C0A"/>
     <w:rsid w:val="00FD5278"/>
     <w:rsid w:val="00FD70ED"/>
     <w:rsid w:val="00FE73AB"/>
+    <w:rsid w:val="00FF33DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2191484C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A0A37BDF-7928-4931-872F-25D0F67626A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -5476,50 +4891,60 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0044045A"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00607474"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF33DE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -6032,70 +5457,70 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F894F2C-EDC0-4772-9534-4D01A891E4CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{663183FB-C085-46A7-865F-9E5B946EE0EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1084</Words>
-  <Characters>6179</Characters>
+  <Words>862</Words>
+  <Characters>5692</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>138</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>D – R – A – F – T</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7249</CharactersWithSpaces>
+  <CharactersWithSpaces>6482</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>D – R – A – F – T</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>