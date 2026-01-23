--- v0 (2025-12-09)
+++ v1 (2026-01-23)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="12507D10" w14:textId="5259FC0C" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:b/>
           <w:smallCaps/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:b/>
@@ -187,51 +187,67 @@
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">To perform </w:t>
       </w:r>
       <w:r w:rsidR="007A0FE0">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>entry level duties and technical laboratory tasks</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in support of wastewater quality control program; to perform chemical, microbiological and physical analyses on wastewater samples; to maintain data records and logs; and to perform a variety of duties relative to assigned areas of responsibility.</w:t>
+        <w:t xml:space="preserve"> in support of wastewater quality control program; to perform chemical, microbiological and physical analyses on wastewater samples; to maintain data records and logs; and to perform a variety of duties </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>relative</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to assigned areas of responsibility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="557419D4" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -671,51 +687,71 @@
         <w:t xml:space="preserve">sampling and </w:t>
       </w:r>
       <w:r w:rsidR="00DD5628" w:rsidRPr="45FA93EE">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>data; assist in preparing and completing reports relevant to regulatory monitoring a</w:t>
       </w:r>
       <w:r w:rsidR="00323430" w:rsidRPr="45FA93EE">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">nd process control requirements; perform QC / QA on analytical runs </w:t>
       </w:r>
       <w:r w:rsidR="00323430" w:rsidRPr="00E37ADA">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve">to insure data is representative, accurate and legally defensible, </w:t>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00323430" w:rsidRPr="00E37ADA">
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>insure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00323430" w:rsidRPr="00E37ADA">
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data is representative, accurate and legally defensible, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CE795E3" w14:textId="5044D711" w:rsidR="00C92195" w:rsidRDefault="00E37ADA" w:rsidP="00C92195">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -767,73 +803,82 @@
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00323430">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r w:rsidR="00FE3639">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>ill and empty di</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>shwasher and rinse glass ware</w:t>
+        <w:t xml:space="preserve">shwasher and rinse glass </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>ware</w:t>
       </w:r>
       <w:r w:rsidR="00A1765E">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A21142">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A1765E">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>stock necessary supplies</w:t>
       </w:r>
       <w:r w:rsidR="00DD5628">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00C92195" w:rsidRDefault="00C92195" w:rsidP="00C92195">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
@@ -845,145 +890,179 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="022C289F" w14:textId="5422E195" w:rsidR="00DD5628" w:rsidRDefault="00E37ADA" w:rsidP="00C92195">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C92195">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C92195">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DD5628">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>Assist with special projects as required.</w:t>
+        <w:t>Assist</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DD5628">
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with special projects as required.</w:t>
       </w:r>
       <w:r w:rsidR="00323430">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> (i.e. Watershed Management Section Meeting, RMQWAA section meetings, Children’s Water Festival, etc.) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00C92195" w:rsidRDefault="00C92195" w:rsidP="00C92195">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3450D9AC" w14:textId="203B9EAA" w:rsidR="004001EB" w:rsidRDefault="00E37ADA" w:rsidP="00C92195">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C92195">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C92195">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004001EB">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve">Assist with customer </w:t>
+        <w:t>Assist</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004001EB">
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with customer </w:t>
       </w:r>
       <w:r w:rsidR="002E3793">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve">sample receiving and </w:t>
+        <w:t xml:space="preserve">sample </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002E3793">
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>receiving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002E3793">
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00C92195">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>inquiries</w:t>
       </w:r>
       <w:r w:rsidR="004001EB">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> as needed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A429B41" w14:textId="584AC8A1" w:rsidR="009C406B" w:rsidRDefault="009C406B" w:rsidP="00C92195">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
@@ -992,51 +1071,67 @@
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47FFB549" w14:textId="052EFB83" w:rsidR="009C406B" w:rsidRDefault="009C406B" w:rsidP="00C92195">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>8.        Participate in laboratory safety meetings and trainings; comply with mandated safety requirements.</w:t>
+        <w:t xml:space="preserve">8.        Participate in laboratory safety meetings and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>trainings</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>; comply with mandated safety requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="004001EB" w:rsidRDefault="004001EB" w:rsidP="004001EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -1176,51 +1271,67 @@
         <w:t>Operations, services and activities of a wastewater laboratory program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="520B0018" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>Standard methods used in the analysis of  wastewater samples.</w:t>
+        <w:t xml:space="preserve">Standard methods used in the analysis </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>of  wastewater</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samples.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20997087" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>Principles of chemistry and microbiological analysis and testing.</w:t>
@@ -1294,51 +1405,67 @@
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>Principles of data collection, record keeping, and report preparation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED40A50" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>Mathematical and statistical analysis principles as they apply to laboratory work.</w:t>
+        <w:t xml:space="preserve">Mathematical and statistical analysis </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>principles as they</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apply to laboratory work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03FE6963" w14:textId="6E00137B" w:rsidR="00DD5628" w:rsidRDefault="00E37ADA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Modern laboratory </w:t>
       </w:r>
@@ -1732,70 +1859,84 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="45FA93EE">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AAFF55B" w14:textId="0430FD8D" w:rsidR="45FA93EE" w:rsidRPr="00080D56" w:rsidRDefault="45FA93EE" w:rsidP="45FA93EE">
+    <w:p w14:paraId="2AAFF55B" w14:textId="0430FD8D" w:rsidR="45FA93EE" w:rsidRDefault="45FA93EE" w:rsidP="45FA93EE">
       <w:pPr>
         <w:ind w:left="523" w:hanging="523"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080D56">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Work at least one weekend per month and assigned holidays within a rotation.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="674D28FA" w14:textId="56BBF8E9" w:rsidR="00D0566E" w:rsidRPr="00080D56" w:rsidRDefault="00D0566E" w:rsidP="45FA93EE">
+      <w:pPr>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01C6DF1F" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
@@ -1814,51 +1955,69 @@
         </w:rPr>
         <w:t>Experience and Training Guidelines</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6593302F" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:i/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>Any combination of experience and training that would likely provide the required knowledge and abilities is qualifying.  A typical way to obtain the knowledge and abilities would be:</w:t>
+        <w:t xml:space="preserve">Any combination of experience and training that would likely provide the required knowledge and abilities is qualifying.  A typical way to obtain </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:i/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>the knowledge</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+          <w:i/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and abilities would be:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B02D17C" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2535,125 +2694,125 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DD5628">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="431C612B" w14:textId="77777777" w:rsidR="00FF50FA" w:rsidRDefault="00FF50FA">
+    <w:p w14:paraId="1E74A990" w14:textId="77777777" w:rsidR="004F7643" w:rsidRDefault="004F7643">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53C0162D" w14:textId="77777777" w:rsidR="00FF50FA" w:rsidRDefault="00FF50FA">
+    <w:p w14:paraId="334F1BF7" w14:textId="77777777" w:rsidR="004F7643" w:rsidRDefault="004F7643">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002AFF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F72F646" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7E3D1C24" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="001F7E03">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="19"/>
@@ -2941,60 +3100,60 @@
                         <w:sz w:val="23"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:snapToGrid w:val="0"/>
                         <w:sz w:val="23"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07459315" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="00DD5628">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6537F28F" w14:textId="5AE15937" w:rsidR="00DD5628" w:rsidRDefault="00B70F77" w:rsidP="00B70F77">
+  <w:p w14:paraId="6537F28F" w14:textId="4D1319CE" w:rsidR="00DD5628" w:rsidRDefault="00B70F77" w:rsidP="00B70F77">
     <w:pPr>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
@@ -3022,51 +3181,80 @@
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:tab/>
-      <w:t>11/17/2020</w:t>
+    </w:r>
+    <w:r w:rsidR="00D0566E">
+      <w:rPr>
+        <w:sz w:val="23"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="23"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00D0566E">
+      <w:rPr>
+        <w:sz w:val="23"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="23"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="00D0566E">
+      <w:rPr>
+        <w:sz w:val="23"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5DA12AFD" w14:textId="77777777" w:rsidR="00DD5628" w:rsidRDefault="001F7E03">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="19"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3685BB87" wp14:editId="07777777">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>914400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>152400</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5943600" cy="127000"/>
@@ -3341,108 +3529,108 @@
                         <w:sz w:val="23"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:snapToGrid w:val="0"/>
                         <w:sz w:val="23"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DB11F53" w14:textId="77777777" w:rsidR="00FF50FA" w:rsidRDefault="00FF50FA">
+    <w:p w14:paraId="443A7580" w14:textId="77777777" w:rsidR="004F7643" w:rsidRDefault="004F7643">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06C599A0" w14:textId="77777777" w:rsidR="00FF50FA" w:rsidRDefault="00FF50FA">
+    <w:p w14:paraId="3AD4F00E" w14:textId="77777777" w:rsidR="004F7643" w:rsidRDefault="004F7643">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66D2D530" w14:textId="6559E3F3" w:rsidR="00B70F77" w:rsidRDefault="00B70F77" w:rsidP="00B70F77">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Purpose"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="41499291" w14:textId="77777777" w:rsidR="00B70F77" w:rsidRDefault="00B70F77" w:rsidP="00B70F77">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Purpose"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="515C69BA">
       <w:rPr>
         <w:rStyle w:val="Purpose"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="515C69BA">
           <w:rPr>
             <w:rStyle w:val="Purpose"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="515C69BA">
       <w:rPr>
         <w:rStyle w:val="Purpose"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3E888F61" w14:textId="77777777" w:rsidR="00B70F77" w:rsidRPr="00F0360B" w:rsidRDefault="00B70F77" w:rsidP="00B70F77">
     <w:pPr>
@@ -3486,51 +3674,51 @@
         <w:spacing w:val="-3"/>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Purpose"/>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:t>Laboratory Technician</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="25EA888C" w14:textId="77777777" w:rsidR="00B70F77" w:rsidRDefault="00B70F77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09EC61EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AF6D9D8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4246,176 +4434,180 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="680935586">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2106876466">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1839423067">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="857081947">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="503129073">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1318267761">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1365060020">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B0FD1"/>
     <w:rsid w:val="00080D56"/>
     <w:rsid w:val="000B0FD1"/>
     <w:rsid w:val="000B16AC"/>
     <w:rsid w:val="00106C4D"/>
     <w:rsid w:val="00173D9C"/>
     <w:rsid w:val="001F7E03"/>
     <w:rsid w:val="00286B8E"/>
     <w:rsid w:val="002E3793"/>
     <w:rsid w:val="00323430"/>
     <w:rsid w:val="00363685"/>
     <w:rsid w:val="003D7F4C"/>
     <w:rsid w:val="004001EB"/>
+    <w:rsid w:val="004F7643"/>
     <w:rsid w:val="005D40ED"/>
     <w:rsid w:val="007A0FE0"/>
     <w:rsid w:val="00924FBD"/>
     <w:rsid w:val="00962ECC"/>
     <w:rsid w:val="009C406B"/>
     <w:rsid w:val="00A1765E"/>
     <w:rsid w:val="00A21142"/>
     <w:rsid w:val="00A5275C"/>
     <w:rsid w:val="00B70F77"/>
     <w:rsid w:val="00C44665"/>
     <w:rsid w:val="00C92195"/>
     <w:rsid w:val="00C97547"/>
     <w:rsid w:val="00CF19DE"/>
+    <w:rsid w:val="00D0566E"/>
+    <w:rsid w:val="00D65EC4"/>
     <w:rsid w:val="00DD5628"/>
     <w:rsid w:val="00E37ADA"/>
     <w:rsid w:val="00F0360B"/>
     <w:rsid w:val="00F84D64"/>
     <w:rsid w:val="00FC414B"/>
     <w:rsid w:val="00FE3639"/>
     <w:rsid w:val="00FF50FA"/>
     <w:rsid w:val="45FA93EE"/>
     <w:rsid w:val="515C69BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70A7A37C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6151931D-6309-433D-8424-434D1E3A550C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -4794,51 +4986,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="-2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B70F77"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:spacing w:val="-2"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1219433499">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
@@ -5132,50 +5324,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008F16EE3698BC7443809385BF1229C18A" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="338989c9ca1aeb40f528b2627cf63e11">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3bca4c8b-8456-4a3b-abd4-6fe0a309c2b9" xmlns:ns3="2f3f567b-1a94-4801-85d6-30793cbad533" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9a60c99e0441b5204eb7d2ea1fb7a16b" ns2:_="" ns3:_="">
     <xsd:import namespace="3bca4c8b-8456-4a3b-abd4-6fe0a309c2b9"/>
     <xsd:import namespace="2f3f567b-1a94-4801-85d6-30793cbad533"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3bca4c8b-8456-4a3b-abd4-6fe0a309c2b9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -5302,143 +5513,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90027314-A738-40F8-8B1E-3F69CF12053A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C751A30-2962-407C-B840-AF9BBDAA5199}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{916C956F-EDBD-46D0-8A9D-96B60909F51E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A5F119E-ECE9-4B17-979C-3096036E44E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3bca4c8b-8456-4a3b-abd4-6fe0a309c2b9"/>
     <ds:schemaRef ds:uri="2f3f567b-1a94-4801-85d6-30793cbad533"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>621</Words>
-  <Characters>4021</Characters>
+  <Words>702</Words>
+  <Characters>4006</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4633</CharactersWithSpaces>
+  <CharactersWithSpaces>4699</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Laura Conant</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008F16EE3698BC7443809385BF1229C18A</vt:lpwstr>
   </property>