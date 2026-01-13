--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -549,87 +549,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73CE95AD" w14:textId="77777777" w:rsidR="008535C2" w:rsidRPr="002340DF" w:rsidRDefault="008535C2" w:rsidP="008535C2">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008919A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Participate in a variety of meetings including pre-construction, public meetings, and hearings to provide information to outside agencies and the public; serve as primary contact during </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> and provide project information to the public and outside agencies.</w:t>
+        <w:t>Participate in a variety of meetings including pre-construction, public meetings, and hearings to provide information to outside agencies and the public; serve as primary contact during course of project and provide project information to the public and outside agencies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5751074E" w14:textId="77777777" w:rsidR="002340DF" w:rsidRPr="008919A5" w:rsidRDefault="002340DF" w:rsidP="002340DF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A92261C" w14:textId="77777777" w:rsidR="008535C2" w:rsidRPr="002340DF" w:rsidRDefault="008535C2" w:rsidP="008535C2">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
@@ -1810,68 +1774,87 @@
       <w:r w:rsidRPr="008919A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Establish and maintain accurate records, logs, and files.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F03BCC0" w14:textId="77777777" w:rsidR="008919A5" w:rsidRPr="008919A5" w:rsidRDefault="008919A5" w:rsidP="008919A5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008919A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Interpret and apply Federal, State, and local policies, laws and regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6CD6EA" w14:textId="77777777" w:rsidR="008919A5" w:rsidRPr="008919A5" w:rsidRDefault="008919A5" w:rsidP="008919A5">
+    <w:p w14:paraId="0D6CD6EA" w14:textId="77777777" w:rsidR="008919A5" w:rsidRDefault="008919A5" w:rsidP="008919A5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008919A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Communicate clearly, concisely, and effectively, orally and in writing to technical and non-technical audiences, including public speaking to address audiences such as elected officials and residents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0299047C" w14:textId="16634815" w:rsidR="007603C9" w:rsidRPr="008919A5" w:rsidRDefault="007603C9" w:rsidP="008919A5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="237D7539" w14:textId="77777777" w:rsidR="008919A5" w:rsidRDefault="008919A5" w:rsidP="00B77707">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F06D79D" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="008919A5" w:rsidRDefault="003C0BA6" w:rsidP="0043603A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
@@ -2047,76 +2030,76 @@
     </w:p>
     <w:p w14:paraId="2EF3A933" w14:textId="77777777" w:rsidR="00AC76E5" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008919A5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="54AEC35F" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="008919A5" w:rsidRDefault="00AC76E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C0BA6" w:rsidRPr="008919A5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Training</w:t>
       </w:r>
       <w:r w:rsidR="003C0BA6" w:rsidRPr="008919A5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F89F60B" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="008919A5" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -2485,76 +2468,82 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008919A5">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="713DD7A2" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="008919A5" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C86638D" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="008919A5" w:rsidRDefault="00B77707" w:rsidP="0017127E">
-[...24 lines deleted...]
-        <w:t>ield environment.</w:t>
+    <w:p w14:paraId="20343A1E" w14:textId="77777777" w:rsidR="007603C9" w:rsidRDefault="007603C9" w:rsidP="007603C9">
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="753A3E43" w14:textId="77777777" w:rsidR="007603C9" w:rsidRPr="0064378C" w:rsidRDefault="007603C9" w:rsidP="007603C9"/>
+    <w:p w14:paraId="0EA64221" w14:textId="77777777" w:rsidR="007603C9" w:rsidRPr="00B15FF7" w:rsidRDefault="007603C9" w:rsidP="007603C9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Field environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA6023E" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="008919A5" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DB105A0" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="008919A5" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2895,58 +2884,58 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DE79EA" w:rsidRPr="008919A5" w:rsidSect="006747A4">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D959742" w14:textId="77777777" w:rsidR="006747A4" w:rsidRDefault="006747A4">
+    <w:p w14:paraId="4FBC1DC7" w14:textId="77777777" w:rsidR="001B3EAB" w:rsidRDefault="001B3EAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A4B0EFA" w14:textId="77777777" w:rsidR="006747A4" w:rsidRDefault="006747A4">
+    <w:p w14:paraId="6F38DF62" w14:textId="77777777" w:rsidR="001B3EAB" w:rsidRDefault="001B3EAB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -2966,51 +2955,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5920D7D2" w14:textId="77777777" w:rsidR="008419C7" w:rsidRDefault="008419C7"/>
-  <w:p w14:paraId="5C0476B8" w14:textId="7CD9C2F5" w:rsidR="008419C7" w:rsidRDefault="008419C7">
+  <w:p w14:paraId="5C0476B8" w14:textId="3CE23E1E" w:rsidR="008419C7" w:rsidRDefault="008419C7">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -3083,118 +3072,130 @@
     </w:r>
     <w:r w:rsidR="00B07B84">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B07B84">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B07B84">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B07B84">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00AC76E5">
+    <w:r w:rsidR="007603C9">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="005F6C2C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>6/30/2025</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="007603C9">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>09</w:t>
+    </w:r>
+    <w:r w:rsidR="005F6C2C">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58E84C88" w14:textId="77777777" w:rsidR="006747A4" w:rsidRDefault="006747A4">
+    <w:p w14:paraId="6B00CC57" w14:textId="77777777" w:rsidR="001B3EAB" w:rsidRDefault="001B3EAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B0A9A50" w14:textId="77777777" w:rsidR="006747A4" w:rsidRDefault="006747A4">
+    <w:p w14:paraId="1F6145E1" w14:textId="77777777" w:rsidR="001B3EAB" w:rsidRDefault="001B3EAB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59E695C9" w14:textId="77777777" w:rsidR="008419C7" w:rsidRPr="00CC53B2" w:rsidRDefault="008419C7" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7E0D265E" w14:textId="77777777" w:rsidR="008419C7" w:rsidRPr="00CC53B2" w:rsidRDefault="008419C7">
     <w:pPr>
@@ -4541,100 +4542,102 @@
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
     <w:rsid w:val="000005D7"/>
     <w:rsid w:val="000018CE"/>
     <w:rsid w:val="00002860"/>
     <w:rsid w:val="00007CA3"/>
     <w:rsid w:val="00030E95"/>
     <w:rsid w:val="0003212D"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="000621DD"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="00077BAA"/>
     <w:rsid w:val="000902E0"/>
     <w:rsid w:val="00094654"/>
     <w:rsid w:val="000A5673"/>
     <w:rsid w:val="000A7C6B"/>
     <w:rsid w:val="000C10CA"/>
     <w:rsid w:val="00146503"/>
     <w:rsid w:val="00154A72"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="001A65F3"/>
+    <w:rsid w:val="001B3EAB"/>
     <w:rsid w:val="001C7963"/>
     <w:rsid w:val="001F6401"/>
     <w:rsid w:val="002019BE"/>
     <w:rsid w:val="0022281F"/>
     <w:rsid w:val="002340DF"/>
     <w:rsid w:val="00234A79"/>
     <w:rsid w:val="002534D7"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D0AD8"/>
     <w:rsid w:val="002D5E6D"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="00325D97"/>
     <w:rsid w:val="00333499"/>
     <w:rsid w:val="00351BAD"/>
     <w:rsid w:val="00393C94"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003C00D0"/>
     <w:rsid w:val="003C0BA6"/>
     <w:rsid w:val="003C2AD9"/>
     <w:rsid w:val="003C7D18"/>
     <w:rsid w:val="003D1AE7"/>
     <w:rsid w:val="00430630"/>
     <w:rsid w:val="0043603A"/>
     <w:rsid w:val="004533B8"/>
     <w:rsid w:val="00462D73"/>
     <w:rsid w:val="00476A74"/>
     <w:rsid w:val="00493E6C"/>
     <w:rsid w:val="004F12BF"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="00540AC5"/>
     <w:rsid w:val="00560BA2"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005D24D7"/>
     <w:rsid w:val="005E4FDB"/>
     <w:rsid w:val="005E6BE8"/>
     <w:rsid w:val="005F6C2C"/>
     <w:rsid w:val="006747A4"/>
     <w:rsid w:val="00685BD5"/>
     <w:rsid w:val="00695146"/>
     <w:rsid w:val="006A0F71"/>
     <w:rsid w:val="006B26A6"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006D0677"/>
     <w:rsid w:val="006D134A"/>
     <w:rsid w:val="006E4A3B"/>
     <w:rsid w:val="006F07AE"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="00712574"/>
+    <w:rsid w:val="007603C9"/>
     <w:rsid w:val="00771218"/>
     <w:rsid w:val="00771D62"/>
     <w:rsid w:val="00781415"/>
     <w:rsid w:val="007A42E3"/>
     <w:rsid w:val="007D0C26"/>
     <w:rsid w:val="00824E07"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008341EA"/>
     <w:rsid w:val="008419C7"/>
     <w:rsid w:val="008535C2"/>
     <w:rsid w:val="0086498D"/>
     <w:rsid w:val="00875129"/>
     <w:rsid w:val="008919A5"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008E38A3"/>
     <w:rsid w:val="00917F76"/>
     <w:rsid w:val="009208AD"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00965048"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="00995462"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B2B2E"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009D519A"/>
@@ -4651,73 +4654,74 @@
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00D038B2"/>
     <w:rsid w:val="00D065AA"/>
     <w:rsid w:val="00DB10E3"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DC5E07"/>
     <w:rsid w:val="00DE5EFA"/>
     <w:rsid w:val="00DE79EA"/>
     <w:rsid w:val="00DF1E74"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E27CC0"/>
     <w:rsid w:val="00E314FD"/>
     <w:rsid w:val="00E7532B"/>
     <w:rsid w:val="00EB3CCC"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00F171AF"/>
     <w:rsid w:val="00F26601"/>
+    <w:rsid w:val="00F5051E"/>
     <w:rsid w:val="00F86DE8"/>
     <w:rsid w:val="00FA7076"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE3D24"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="24E55CDF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{13A49DB0-F6D3-4843-A797-6686C08A2182}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -5581,65 +5585,50 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5739,110 +5728,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29CE42B2-0A02-43A7-B672-89F93FB9BA24}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73CD1F87-D6BB-4B94-8C8F-0C857F833524}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8588CD3C-EB82-4CEA-82B9-4DA0C93D1536}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1064</Words>
-  <Characters>6070</Characters>
+  <Words>1078</Words>
+  <Characters>6150</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
+  <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7120</CharactersWithSpaces>
+  <CharactersWithSpaces>7214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>