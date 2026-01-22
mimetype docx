--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -166,67 +166,51 @@
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="031F56E4" w14:textId="77777777" w:rsidR="00DF2C95" w:rsidRDefault="003A1DF9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1DF9">
-        <w:t xml:space="preserve">Implement </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> area of responsibility.</w:t>
+        <w:t>Implement day of recreational programing within the Parks and Recreation Department; promote activities related to the program and department goals and objectives; perform a variety of administrative tasks in support of assigned area of responsibility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64551F73" w14:textId="77777777" w:rsidR="003A1DF9" w:rsidRPr="00575A2C" w:rsidRDefault="003A1DF9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30A46894" w14:textId="77777777" w:rsidR="00257DEE" w:rsidRDefault="00257DEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -1366,50 +1350,70 @@
     </w:p>
     <w:p w14:paraId="2EF311F6" w14:textId="77777777" w:rsidR="00DF2C95" w:rsidRDefault="00E56797" w:rsidP="00E56797">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E56797">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="44E3D845" w14:textId="73ECA65B" w:rsidR="00843B58" w:rsidRDefault="00843B58" w:rsidP="00E56797">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, write, and comprehend the English language at a level necessary to accomplish job requirements.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="3E04C988" w14:textId="77777777" w:rsidR="00E56797" w:rsidRDefault="00E56797" w:rsidP="00E56797">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58B444F7" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00DF2C95" w:rsidRDefault="005936F0" w:rsidP="00DF2C95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
@@ -1751,65 +1755,52 @@
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CD5B5C2" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRPr="00575A2C" w:rsidRDefault="0049083F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0049083F">
-        <w:t>Ability</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> of </w:t>
+        <w:t xml:space="preserve">Ability to possess required certifications or licenses related to area of </w:t>
       </w:r>
       <w:r w:rsidR="00257DEE" w:rsidRPr="0049083F">
         <w:t>emphasis</w:t>
       </w:r>
       <w:r w:rsidRPr="0049083F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAADAB9" w14:textId="77777777" w:rsidR="00D06CEF" w:rsidRPr="00575A2C" w:rsidRDefault="00D06CEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -1916,393 +1907,413 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00575A2C">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08EFA568" w14:textId="77777777" w:rsidR="0017127E" w:rsidRPr="00575A2C" w:rsidRDefault="0017127E" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CA94F62" w14:textId="77777777" w:rsidR="0017127E" w:rsidRPr="00575A2C" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+    <w:p w14:paraId="67B36082" w14:textId="77777777" w:rsidR="00843B58" w:rsidRPr="0064378C" w:rsidRDefault="00843B58" w:rsidP="00843B58">
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762817BD" w14:textId="77777777" w:rsidR="00843B58" w:rsidRDefault="00843B58" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA94F62" w14:textId="6D25F04F" w:rsidR="0017127E" w:rsidRPr="00575A2C" w:rsidRDefault="00843B58" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0049083F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>quatics facility</w:t>
+      </w:r>
+      <w:r w:rsidR="00335148" w:rsidRPr="00575A2C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0017127E" w:rsidRPr="00575A2C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3657632E" w14:textId="77777777" w:rsidR="0017127E" w:rsidRPr="00575A2C" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5184A9DC" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRPr="00575A2C" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00575A2C">
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Physical Conditions</w:t>
       </w:r>
       <w:r w:rsidRPr="00575A2C">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>environment.</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="5184A9DC" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRPr="00575A2C" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69754811" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRPr="00575A2C" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="535AAAA3" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRPr="00575A2C" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00575A2C">
         <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>The job is characterized by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58510FB9" w14:textId="77777777" w:rsidR="00140FB4" w:rsidRPr="00575A2C" w:rsidRDefault="00140FB4" w:rsidP="00970EA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38D50440" w14:textId="77777777" w:rsidR="00335148" w:rsidRPr="00575A2C" w:rsidRDefault="00335148" w:rsidP="00335148">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575A2C">
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-        <w:t>Physical Conditions</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Light Work: </w:t>
       </w:r>
       <w:r w:rsidRPr="00575A2C">
         <w:rPr>
-          <w:spacing w:val="-2"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Exerting up to 50 pounds of force occasionally and/or up to 10 pounds of force frequently, and/or a negligible amount of force constantly to move objects. If the use of arm and/or leg controls requires exertion of forces greater than that for Sedentary Work and the worker sits most of the time, the job is rated for Light Work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F10CF22" w14:textId="77777777" w:rsidR="00335148" w:rsidRPr="00575A2C" w:rsidRDefault="00335148" w:rsidP="00335148">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E73AEC" w14:textId="77777777" w:rsidR="00335148" w:rsidRPr="00575A2C" w:rsidRDefault="00335148" w:rsidP="00335148">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575A2C">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following physical activities are very or extremely important in accomplishing the job's purpose and are performed </w:t>
+      </w:r>
+      <w:r w:rsidR="0003374B" w:rsidRPr="00575A2C">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>daily</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575A2C">
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69754811" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRPr="00575A2C" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
-[...26 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1BCC34F8" w14:textId="77777777" w:rsidR="00335148" w:rsidRPr="00575A2C" w:rsidRDefault="00335148" w:rsidP="00335148">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0418E1A5" w14:textId="77777777" w:rsidR="00917B2F" w:rsidRPr="00575A2C" w:rsidRDefault="00335148" w:rsidP="00335148">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00575A2C">
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...134 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">While performing the duties of this job, the employee is required to sit for prolonged periods. The employee is regularly required to see, hear, talk, stand, </w:t>
       </w:r>
       <w:r w:rsidR="00DF2C95" w:rsidRPr="00575A2C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>twist,</w:t>
       </w:r>
       <w:r w:rsidRPr="00575A2C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and use repetitive motions in the conduct of work. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00917B2F" w:rsidRPr="00575A2C" w:rsidSect="00CD1651">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F0FD19C" w14:textId="77777777" w:rsidR="00CD1651" w:rsidRDefault="00CD1651">
+    <w:p w14:paraId="7A5E1B69" w14:textId="77777777" w:rsidR="005B0EC9" w:rsidRDefault="005B0EC9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A01E2B8" w14:textId="77777777" w:rsidR="00CD1651" w:rsidRDefault="00CD1651">
+    <w:p w14:paraId="679B913D" w14:textId="77777777" w:rsidR="005B0EC9" w:rsidRDefault="005B0EC9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0532FBAF" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
-  <w:p w14:paraId="0FEE18E8" w14:textId="13D893D8" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
+  <w:p w14:paraId="0FEE18E8" w14:textId="2E7744D0" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2375,55 +2386,73 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:r w:rsidR="00843B58">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
     <w:r w:rsidR="0075085B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>07/01/2025</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00843B58">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>09</w:t>
+    </w:r>
+    <w:r w:rsidR="0075085B">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E37CF07" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
   <w:p w14:paraId="6E0E1EC6" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -2516,97 +2545,97 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77D45BB5" w14:textId="77777777" w:rsidR="00CD1651" w:rsidRDefault="00CD1651">
+    <w:p w14:paraId="74762DC5" w14:textId="77777777" w:rsidR="005B0EC9" w:rsidRDefault="005B0EC9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E9426D3" w14:textId="77777777" w:rsidR="00CD1651" w:rsidRDefault="00CD1651">
+    <w:p w14:paraId="09F01940" w14:textId="77777777" w:rsidR="005B0EC9" w:rsidRDefault="005B0EC9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6113F438" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00AB1A45">
           <w:rPr>
             <w:b/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="558CE122" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
@@ -2651,52 +2680,52 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Recreation Specialist</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39A3CCAC" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BEFC756" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="18BF1AD1" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRPr="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
@@ -3646,63 +3675,66 @@
     <w:rsid w:val="003208CC"/>
     <w:rsid w:val="003269C6"/>
     <w:rsid w:val="00335148"/>
     <w:rsid w:val="003425E0"/>
     <w:rsid w:val="0038686C"/>
     <w:rsid w:val="003A1DF9"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003B0E79"/>
     <w:rsid w:val="003D0010"/>
     <w:rsid w:val="003E41F1"/>
     <w:rsid w:val="003F01A3"/>
     <w:rsid w:val="00420084"/>
     <w:rsid w:val="00423645"/>
     <w:rsid w:val="00423ECD"/>
     <w:rsid w:val="00452EBD"/>
     <w:rsid w:val="0049083F"/>
     <w:rsid w:val="004A1868"/>
     <w:rsid w:val="0050622A"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="0053613B"/>
     <w:rsid w:val="00561D5C"/>
     <w:rsid w:val="00575A2C"/>
     <w:rsid w:val="00580427"/>
     <w:rsid w:val="0059049D"/>
     <w:rsid w:val="005936F0"/>
+    <w:rsid w:val="005B0EC9"/>
     <w:rsid w:val="005D2021"/>
     <w:rsid w:val="005F0B68"/>
     <w:rsid w:val="0065155E"/>
     <w:rsid w:val="006D2B1C"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="007245B8"/>
     <w:rsid w:val="0075085B"/>
     <w:rsid w:val="007C1AB6"/>
     <w:rsid w:val="007C36C4"/>
     <w:rsid w:val="007F087D"/>
     <w:rsid w:val="007F4318"/>
     <w:rsid w:val="00814DCC"/>
+    <w:rsid w:val="00824494"/>
     <w:rsid w:val="00827DAE"/>
+    <w:rsid w:val="00843B58"/>
     <w:rsid w:val="008A5ECF"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008F6AB5"/>
     <w:rsid w:val="00904B93"/>
     <w:rsid w:val="009106CD"/>
     <w:rsid w:val="00912256"/>
     <w:rsid w:val="00917B2F"/>
     <w:rsid w:val="00927CD6"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00940257"/>
     <w:rsid w:val="009611E4"/>
     <w:rsid w:val="009677B2"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009B5775"/>
     <w:rsid w:val="009B6405"/>
     <w:rsid w:val="009D1F4A"/>
     <w:rsid w:val="00A14940"/>
     <w:rsid w:val="00AA1223"/>
     <w:rsid w:val="00AB1A45"/>
     <w:rsid w:val="00AC5FAC"/>
     <w:rsid w:val="00B03761"/>
     <w:rsid w:val="00B71581"/>
     <w:rsid w:val="00B82B47"/>
@@ -4474,51 +4506,56 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -4622,126 +4659,121 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14308121-9E12-42AC-920A-C14B538CB05E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCDBBA2C-6D62-41B7-8963-10F082AED194}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1884137C-D07B-4DAB-81C5-E4A57A6E7237}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7BCBDC3-13FF-4F13-9529-D10998257EC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1884137C-D07B-4DAB-81C5-E4A57A6E7237}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCDBBA2C-6D62-41B7-8963-10F082AED194}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>720</Words>
-  <Characters>4107</Characters>
+  <Words>742</Words>
+  <Characters>4234</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
+  <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4818</CharactersWithSpaces>
+  <CharactersWithSpaces>4967</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>