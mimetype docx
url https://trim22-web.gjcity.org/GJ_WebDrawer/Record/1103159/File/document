--- v1 (2026-01-22)
+++ v2 (2026-03-10)
@@ -528,81 +528,81 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A1DF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Responsible for daily assigned staff during recreational programming; participate in the selection of assigned staff; work under the direction of the Recreation Coordinator to assist employees to correct deficiencies and implement discipline procedures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0392EFB0" w14:textId="77777777" w:rsidR="00DF2C95" w:rsidRPr="003A1DF9" w:rsidRDefault="00DF2C95" w:rsidP="00DF2C95">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3701E7FD" w14:textId="77777777" w:rsidR="00DF2C95" w:rsidRPr="003A1DF9" w:rsidRDefault="00DF2C95" w:rsidP="00DF2C95">
+    <w:p w14:paraId="3701E7FD" w14:textId="01668CA0" w:rsidR="00DF2C95" w:rsidRPr="003A1DF9" w:rsidRDefault="00DF2C95" w:rsidP="00DF2C95">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A1DF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Assist in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003A1DF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>the organizing</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003A1DF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and supervising the day-to-day operations of assigned aquatic facilities, </w:t>
+        <w:t xml:space="preserve"> and supervising the day-to-day operations of assigned facilities, </w:t>
       </w:r>
       <w:r w:rsidR="003A1DF9" w:rsidRPr="003A1DF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>programs,</w:t>
       </w:r>
       <w:r w:rsidRPr="003A1DF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> and activities</w:t>
       </w:r>
       <w:r w:rsidR="003A1DF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1DF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>support the Recreation Coordinator when needed to verify and validate expenses and payroll; maintain facility calendars; submit reports as required.</w:t>
       </w:r>
@@ -1934,76 +1934,76 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Office environment</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15FF7">
         <w:t>; exposure to computer screens.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="762817BD" w14:textId="77777777" w:rsidR="00843B58" w:rsidRDefault="00843B58" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CA94F62" w14:textId="6D25F04F" w:rsidR="0017127E" w:rsidRPr="00575A2C" w:rsidRDefault="00843B58" w:rsidP="0017127E">
+    <w:p w14:paraId="6CA94F62" w14:textId="31B597F4" w:rsidR="0017127E" w:rsidRPr="00575A2C" w:rsidRDefault="00F37B0B" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>A</w:t>
+        <w:t xml:space="preserve">Recreation </w:t>
       </w:r>
       <w:r w:rsidR="0049083F">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>quatics facility</w:t>
+        <w:t>facility</w:t>
       </w:r>
       <w:r w:rsidR="00335148" w:rsidRPr="00575A2C">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017127E" w:rsidRPr="00575A2C">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3657632E" w14:textId="77777777" w:rsidR="0017127E" w:rsidRPr="00575A2C" w:rsidRDefault="0017127E" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
@@ -2219,101 +2219,101 @@
         <w:t>twist,</w:t>
       </w:r>
       <w:r w:rsidRPr="00575A2C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and use repetitive motions in the conduct of work. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00917B2F" w:rsidRPr="00575A2C" w:rsidSect="00CD1651">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A5E1B69" w14:textId="77777777" w:rsidR="005B0EC9" w:rsidRDefault="005B0EC9">
+    <w:p w14:paraId="54FCCB0A" w14:textId="77777777" w:rsidR="009E7EAD" w:rsidRDefault="009E7EAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="679B913D" w14:textId="77777777" w:rsidR="005B0EC9" w:rsidRDefault="005B0EC9">
+    <w:p w14:paraId="64AE8B8E" w14:textId="77777777" w:rsidR="009E7EAD" w:rsidRDefault="009E7EAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0532FBAF" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
-  <w:p w14:paraId="0FEE18E8" w14:textId="2E7744D0" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
+  <w:p w14:paraId="0FEE18E8" w14:textId="04C06F4D" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2386,73 +2386,55 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00843B58">
+    <w:r w:rsidR="00F37B0B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>12</w:t>
-[...17 lines deleted...]
-      <w:t>/2025</w:t>
+      <w:t>03/03/2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E37CF07" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
   <w:p w14:paraId="6E0E1EC6" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -2545,97 +2527,97 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74762DC5" w14:textId="77777777" w:rsidR="005B0EC9" w:rsidRDefault="005B0EC9">
+    <w:p w14:paraId="796A236B" w14:textId="77777777" w:rsidR="009E7EAD" w:rsidRDefault="009E7EAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09F01940" w14:textId="77777777" w:rsidR="005B0EC9" w:rsidRDefault="005B0EC9">
+    <w:p w14:paraId="0E4FCAFC" w14:textId="77777777" w:rsidR="009E7EAD" w:rsidRDefault="009E7EAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6113F438" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidRPr="00AB1A45">
           <w:rPr>
             <w:b/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="558CE122" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
@@ -2680,52 +2662,52 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Recreation Specialist</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39A3CCAC" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BEFC756" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="18BF1AD1" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRPr="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
@@ -3563,51 +3545,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="286739325">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="834610844">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1978990674">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1711301045">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="952129267">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1681857134">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
@@ -3704,121 +3686,124 @@
     <w:rsid w:val="006D2B1C"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="007245B8"/>
     <w:rsid w:val="0075085B"/>
     <w:rsid w:val="007C1AB6"/>
     <w:rsid w:val="007C36C4"/>
     <w:rsid w:val="007F087D"/>
     <w:rsid w:val="007F4318"/>
     <w:rsid w:val="00814DCC"/>
     <w:rsid w:val="00824494"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="00843B58"/>
     <w:rsid w:val="008A5ECF"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008F6AB5"/>
     <w:rsid w:val="00904B93"/>
     <w:rsid w:val="009106CD"/>
     <w:rsid w:val="00912256"/>
     <w:rsid w:val="00917B2F"/>
     <w:rsid w:val="00927CD6"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00940257"/>
     <w:rsid w:val="009611E4"/>
     <w:rsid w:val="009677B2"/>
     <w:rsid w:val="00970EA1"/>
+    <w:rsid w:val="00972019"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009B5775"/>
     <w:rsid w:val="009B6405"/>
     <w:rsid w:val="009D1F4A"/>
+    <w:rsid w:val="009E7EAD"/>
     <w:rsid w:val="00A14940"/>
     <w:rsid w:val="00AA1223"/>
     <w:rsid w:val="00AB1A45"/>
     <w:rsid w:val="00AC5FAC"/>
     <w:rsid w:val="00B03761"/>
     <w:rsid w:val="00B71581"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B93D10"/>
     <w:rsid w:val="00B9411A"/>
     <w:rsid w:val="00BB5233"/>
     <w:rsid w:val="00BE28FF"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C26D72"/>
     <w:rsid w:val="00C32DDE"/>
     <w:rsid w:val="00C551B4"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00C75B6D"/>
     <w:rsid w:val="00C84127"/>
     <w:rsid w:val="00C91733"/>
     <w:rsid w:val="00CC7B1E"/>
     <w:rsid w:val="00CD1651"/>
     <w:rsid w:val="00D06CEF"/>
     <w:rsid w:val="00D23E11"/>
     <w:rsid w:val="00D35944"/>
     <w:rsid w:val="00D844E0"/>
     <w:rsid w:val="00D84BC7"/>
     <w:rsid w:val="00DA62A3"/>
     <w:rsid w:val="00DB2DDA"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DF2C95"/>
     <w:rsid w:val="00E034F7"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E347BA"/>
     <w:rsid w:val="00E56797"/>
     <w:rsid w:val="00E659B6"/>
     <w:rsid w:val="00EA5326"/>
     <w:rsid w:val="00EB59D4"/>
     <w:rsid w:val="00EB5EEE"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00F2152A"/>
     <w:rsid w:val="00F35CBB"/>
+    <w:rsid w:val="00F37B0B"/>
     <w:rsid w:val="00F42AE9"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FD723D"/>
     <w:rsid w:val="00FE7DAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="021CC25F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F65F6B0C-D9DA-40F8-8975-712C1ECC6842}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -4500,65 +4485,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -4658,122 +4628,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14308121-9E12-42AC-920A-C14B538CB05E}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7BCBDC3-13FF-4F13-9529-D10998257EC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1884137C-D07B-4DAB-81C5-E4A57A6E7237}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14308121-9E12-42AC-920A-C14B538CB05E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCDBBA2C-6D62-41B7-8963-10F082AED194}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>742</Words>
-  <Characters>4234</Characters>
+  <Words>694</Words>
+  <Characters>4276</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>118</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4967</CharactersWithSpaces>
+  <CharactersWithSpaces>4904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>