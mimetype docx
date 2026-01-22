--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -1729,75 +1729,90 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A70461">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C3089F" w14:textId="4EEC1895" w:rsidR="005936F0" w:rsidRPr="00A70461" w:rsidRDefault="00D35944" w:rsidP="00A70461">
+    <w:p w14:paraId="14C3089F" w14:textId="4EEC1895" w:rsidR="005936F0" w:rsidRDefault="00D35944" w:rsidP="00A70461">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D35944">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Interpret and explain City policies and procedures related to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>various assigned functions</w:t>
       </w:r>
       <w:r w:rsidRPr="00D35944">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A6A1AC" w14:textId="658D0B15" w:rsidR="00340FA8" w:rsidRPr="00A70461" w:rsidRDefault="00340FA8" w:rsidP="00A70461">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Speak, read, write, and comprehend the English language at a level necessary to accomplish job requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="192E7469" w14:textId="77777777" w:rsidR="00EB763A" w:rsidRDefault="00EB763A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26349FE9" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -2593,129 +2608,122 @@
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="384B9A13" w14:textId="2D120247" w:rsidR="00A70461" w:rsidRPr="00A70461" w:rsidRDefault="00A70461" w:rsidP="00A70461">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A70461">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">While performing the duties of this job, the employee is required to </w:t>
       </w:r>
       <w:r w:rsidR="003B6E8F">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>stand</w:t>
       </w:r>
       <w:r w:rsidRPr="00A70461">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for prolonged periods. The employee is </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">regularly required to see, hear, talk, stand, </w:t>
+        <w:t xml:space="preserve"> for prolonged periods. The employee is regularly required to see, hear, talk, stand, </w:t>
       </w:r>
       <w:r w:rsidR="003B6E8F" w:rsidRPr="00A70461">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>twist,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A70461">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> and use repetitive motions in the conduct of work. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E3E7F" w14:textId="77777777" w:rsidR="00917B2F" w:rsidRDefault="00917B2F" w:rsidP="00970EA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00917B2F" w:rsidSect="004E1072">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="107D7049" w14:textId="77777777" w:rsidR="004E1072" w:rsidRDefault="004E1072">
+    <w:p w14:paraId="261534B7" w14:textId="77777777" w:rsidR="005D450C" w:rsidRDefault="005D450C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14E5BB44" w14:textId="77777777" w:rsidR="004E1072" w:rsidRDefault="004E1072">
+    <w:p w14:paraId="4C118A01" w14:textId="77777777" w:rsidR="005D450C" w:rsidRDefault="005D450C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -2732,51 +2740,51 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5C075378" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
-  <w:p w14:paraId="201A1250" w14:textId="3D6EE2D3" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
+  <w:p w14:paraId="201A1250" w14:textId="77A3F0B5" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2849,61 +2857,73 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="002F1D27">
+    <w:r w:rsidR="00340FA8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="002B6B5D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>7/01/2025</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00340FA8">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>09</w:t>
+    </w:r>
+    <w:r w:rsidR="002B6B5D">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68CD0C2F" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
   <w:p w14:paraId="1D596110" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -2996,97 +3016,97 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FEAC670" w14:textId="77777777" w:rsidR="004E1072" w:rsidRDefault="004E1072">
+    <w:p w14:paraId="290F9AF4" w14:textId="77777777" w:rsidR="005D450C" w:rsidRDefault="005D450C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6494A955" w14:textId="77777777" w:rsidR="004E1072" w:rsidRDefault="004E1072">
+    <w:p w14:paraId="7659B38A" w14:textId="77777777" w:rsidR="005D450C" w:rsidRDefault="005D450C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B21354B" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidRPr="00AB1A45">
           <w:rPr>
             <w:b/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="24065431" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
@@ -3161,52 +3181,52 @@
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03BB7B1B" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4A6E5CFA" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="06F1B612" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRPr="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
@@ -4037,83 +4057,86 @@
     <w:rsid w:val="00077BAA"/>
     <w:rsid w:val="000E222A"/>
     <w:rsid w:val="000F3991"/>
     <w:rsid w:val="000F5BEF"/>
     <w:rsid w:val="00140FB4"/>
     <w:rsid w:val="00151205"/>
     <w:rsid w:val="00151255"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="00162329"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="00175AEC"/>
     <w:rsid w:val="00184784"/>
     <w:rsid w:val="00226429"/>
     <w:rsid w:val="00227BE4"/>
     <w:rsid w:val="00262469"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="00287AC1"/>
     <w:rsid w:val="002B6B5D"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="002F1D27"/>
     <w:rsid w:val="00317B97"/>
     <w:rsid w:val="003208CC"/>
     <w:rsid w:val="003269C6"/>
+    <w:rsid w:val="00340FA8"/>
     <w:rsid w:val="003425E0"/>
     <w:rsid w:val="00355235"/>
     <w:rsid w:val="0038686C"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003B0E79"/>
     <w:rsid w:val="003B6E8F"/>
     <w:rsid w:val="003C2393"/>
     <w:rsid w:val="003D0010"/>
     <w:rsid w:val="003E41F1"/>
     <w:rsid w:val="003F01A3"/>
     <w:rsid w:val="00423645"/>
     <w:rsid w:val="00423ECD"/>
     <w:rsid w:val="00452EBD"/>
     <w:rsid w:val="004A1868"/>
     <w:rsid w:val="004D747D"/>
     <w:rsid w:val="004E1072"/>
     <w:rsid w:val="0050112E"/>
     <w:rsid w:val="0050622A"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="0056000E"/>
     <w:rsid w:val="00561D5C"/>
     <w:rsid w:val="00571988"/>
     <w:rsid w:val="0059049D"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005D2021"/>
+    <w:rsid w:val="005D450C"/>
     <w:rsid w:val="005F0B68"/>
     <w:rsid w:val="00615670"/>
     <w:rsid w:val="00634004"/>
     <w:rsid w:val="0065155E"/>
     <w:rsid w:val="006D2B1C"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="007245B8"/>
     <w:rsid w:val="007C36C4"/>
+    <w:rsid w:val="00824494"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008A5ECF"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008F6AB5"/>
     <w:rsid w:val="00904B93"/>
     <w:rsid w:val="009106CD"/>
     <w:rsid w:val="00912256"/>
     <w:rsid w:val="00917B2F"/>
     <w:rsid w:val="00927CD6"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00940257"/>
     <w:rsid w:val="009611E4"/>
     <w:rsid w:val="009677B2"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009B5775"/>
     <w:rsid w:val="009B6405"/>
     <w:rsid w:val="009C0D50"/>
     <w:rsid w:val="009D1F4A"/>
     <w:rsid w:val="00A14940"/>
     <w:rsid w:val="00A70461"/>
     <w:rsid w:val="00AA1223"/>
     <w:rsid w:val="00AB1A45"/>
     <w:rsid w:val="00AC5FAC"/>
@@ -4864,56 +4887,53 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -5017,132 +5037,135 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA0554E7-8FC8-474A-867B-8E6F437DDF3F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7997EF6-2160-418E-A470-9B48D003348A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{925CFC38-0F44-4F43-8E87-BF45B9F822C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7997EF6-2160-418E-A470-9B48D003348A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA0554E7-8FC8-474A-867B-8E6F437DDF3F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB28B3EE-33A3-43A0-AFDD-46EC1ADE07A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>830</Words>
-  <Characters>4732</Characters>
+  <Words>846</Words>
+  <Characters>4825</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2nd Assistant / Golf Shop Associate</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5551</CharactersWithSpaces>
+  <CharactersWithSpaces>5660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2nd Assistant / Golf Shop Associate</dc:title>
   <dc:subject/>
   <dc:creator>Tim Tafoya</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>9bcb0ed47144b365bc09524dd0e9f38849f0184d52fa80a1a0fd53eec4844b5a</vt:lpwstr>