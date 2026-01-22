--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -2196,58 +2196,58 @@
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00917B2F" w:rsidSect="008250EA">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="402B3608" w14:textId="77777777" w:rsidR="008250EA" w:rsidRDefault="008250EA">
+    <w:p w14:paraId="1491552C" w14:textId="77777777" w:rsidR="00356057" w:rsidRDefault="00356057">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14B53725" w14:textId="77777777" w:rsidR="008250EA" w:rsidRDefault="008250EA">
+    <w:p w14:paraId="2C810CA2" w14:textId="77777777" w:rsidR="00356057" w:rsidRDefault="00356057">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2274,51 +2274,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="272DAA88" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
-  <w:p w14:paraId="1DF3DCF4" w14:textId="399B8470" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
+  <w:p w14:paraId="1DF3DCF4" w14:textId="2461C790" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2391,55 +2391,73 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:r w:rsidR="00691CB1">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
     <w:r w:rsidR="000F1800">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>07/01/2025</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00691CB1">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r w:rsidR="000F1800">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65EEAD03" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
   <w:p w14:paraId="107030E0" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -2532,97 +2550,97 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B23905D" w14:textId="77777777" w:rsidR="008250EA" w:rsidRDefault="008250EA">
+    <w:p w14:paraId="24BE33D0" w14:textId="77777777" w:rsidR="00356057" w:rsidRDefault="00356057">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CBE4EA3" w14:textId="77777777" w:rsidR="008250EA" w:rsidRDefault="008250EA">
+    <w:p w14:paraId="50996DD8" w14:textId="77777777" w:rsidR="00356057" w:rsidRDefault="00356057">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3AAB60C2" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00AB1A45">
           <w:rPr>
             <w:b/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BABD5AE" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
@@ -2667,52 +2685,52 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Water Conservation Specialist</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00D29F78" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B3C5E71" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="45FFD018" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRPr="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
@@ -4575,74 +4593,76 @@
     <w:rsid w:val="000F1800"/>
     <w:rsid w:val="000F3991"/>
     <w:rsid w:val="000F5BEF"/>
     <w:rsid w:val="001014A1"/>
     <w:rsid w:val="00140FB4"/>
     <w:rsid w:val="00151205"/>
     <w:rsid w:val="00151255"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="00162329"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="00184784"/>
     <w:rsid w:val="001B6AF7"/>
     <w:rsid w:val="00226429"/>
     <w:rsid w:val="00227BE4"/>
     <w:rsid w:val="00241F35"/>
     <w:rsid w:val="00262469"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="00287AC1"/>
     <w:rsid w:val="002A4545"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="003208CC"/>
     <w:rsid w:val="003269C6"/>
     <w:rsid w:val="003425E0"/>
+    <w:rsid w:val="00356057"/>
     <w:rsid w:val="0038686C"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003B0297"/>
     <w:rsid w:val="003B0E79"/>
     <w:rsid w:val="003D0010"/>
     <w:rsid w:val="003E41F1"/>
     <w:rsid w:val="003F01A3"/>
     <w:rsid w:val="00405CAC"/>
     <w:rsid w:val="00423645"/>
     <w:rsid w:val="00423ECD"/>
     <w:rsid w:val="00452EBD"/>
     <w:rsid w:val="004A1868"/>
     <w:rsid w:val="004A4B8E"/>
     <w:rsid w:val="004D5758"/>
     <w:rsid w:val="004F0694"/>
     <w:rsid w:val="0050622A"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="00561D5C"/>
     <w:rsid w:val="0059049D"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005D2021"/>
     <w:rsid w:val="005F0B68"/>
     <w:rsid w:val="005F404E"/>
     <w:rsid w:val="0065155E"/>
+    <w:rsid w:val="00691CB1"/>
     <w:rsid w:val="006D2B1C"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="007245B8"/>
     <w:rsid w:val="007C36C4"/>
     <w:rsid w:val="00816647"/>
     <w:rsid w:val="008250EA"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008A5ECF"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008F6AB5"/>
     <w:rsid w:val="00904B93"/>
     <w:rsid w:val="009106CD"/>
     <w:rsid w:val="00912256"/>
     <w:rsid w:val="00917B2F"/>
     <w:rsid w:val="00927CD6"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00940257"/>
     <w:rsid w:val="009611E4"/>
     <w:rsid w:val="009677B2"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009B5775"/>
     <w:rsid w:val="009B6405"/>
     <w:rsid w:val="009D1F4A"/>
@@ -4652,50 +4672,51 @@
     <w:rsid w:val="00AB1A45"/>
     <w:rsid w:val="00AC5FAC"/>
     <w:rsid w:val="00B03761"/>
     <w:rsid w:val="00B169E7"/>
     <w:rsid w:val="00B71581"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B93D10"/>
     <w:rsid w:val="00B9411A"/>
     <w:rsid w:val="00BB5233"/>
     <w:rsid w:val="00BE28FF"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C26D72"/>
     <w:rsid w:val="00C32DDE"/>
     <w:rsid w:val="00C478FC"/>
     <w:rsid w:val="00C551B4"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00C75B6D"/>
     <w:rsid w:val="00C84127"/>
     <w:rsid w:val="00C91733"/>
     <w:rsid w:val="00CC7B1E"/>
     <w:rsid w:val="00D06CEF"/>
     <w:rsid w:val="00D23E11"/>
     <w:rsid w:val="00D35944"/>
+    <w:rsid w:val="00D65EC4"/>
     <w:rsid w:val="00D844E0"/>
     <w:rsid w:val="00D84BC7"/>
     <w:rsid w:val="00DA62A3"/>
     <w:rsid w:val="00DB2DDA"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DB4E83"/>
     <w:rsid w:val="00DD6520"/>
     <w:rsid w:val="00E034F7"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E347BA"/>
     <w:rsid w:val="00E659B6"/>
     <w:rsid w:val="00EA5326"/>
     <w:rsid w:val="00EB59D4"/>
     <w:rsid w:val="00EB5EEE"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00F2152A"/>
     <w:rsid w:val="00F35CBB"/>
     <w:rsid w:val="00F42AE9"/>
     <w:rsid w:val="00F67898"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FD723D"/>
     <w:rsid w:val="00FE7DAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -5446,60 +5467,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5599,105 +5619,106 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21D2F37D-8490-4746-9F64-7165A83D0328}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C671DE04-9A4B-40C9-B4C4-B99F03B76D9C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B6BBDAF-0363-4F8D-8369-896F25645B25}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62DCDF60-9CEB-47BF-9F69-DCD02E25A502}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B6BBDAF-0363-4F8D-8369-896F25645B25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C671DE04-9A4B-40C9-B4C4-B99F03B76D9C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21D2F37D-8490-4746-9F64-7165A83D0328}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>857</Words>
   <Characters>4889</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>