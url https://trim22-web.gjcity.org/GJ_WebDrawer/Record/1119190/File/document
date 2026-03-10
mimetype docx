--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -440,875 +440,910 @@
       </w:r>
       <w:r w:rsidRPr="00250140">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>The following are examples of primary duties assigned to positions in this classification.  Other related duties and responsibilities may be assigned.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E848350" w14:textId="77777777" w:rsidR="00E619F4" w:rsidRDefault="00E619F4" w:rsidP="00E619F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43ABF1AF" w14:textId="42F46061" w:rsidR="00250140" w:rsidRDefault="00D03E4E" w:rsidP="00D03E4E">
+    <w:p w14:paraId="43ABF1AF" w14:textId="32BB59DA" w:rsidR="00250140" w:rsidRDefault="00D03E4E" w:rsidP="00D03E4E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001B3331">
-[...23 lines deleted...]
-        <w:t>`s record management plan and program, including inventorying electronic records.</w:t>
+      <w:r w:rsidR="007C45CA">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Administer and maintain the City`s record management plan and program; p</w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA" w:rsidRPr="000C79B7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>rovide staff training and technical support for records management software platforms</w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA" w:rsidRPr="000C79B7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>assist departments with system use, troubleshoot issues, and ensur</w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA" w:rsidRPr="000C79B7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> consistent application of records classification, retention, and accessibility standards.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01070254" w14:textId="77777777" w:rsidR="00E619F4" w:rsidRPr="00E619F4" w:rsidRDefault="00E619F4" w:rsidP="00D03E4E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="615FD825" w14:textId="476B20E2" w:rsidR="00E619F4" w:rsidRPr="00391A81" w:rsidRDefault="00D03E4E" w:rsidP="003331D6">
+    <w:p w14:paraId="615FD825" w14:textId="22E16581" w:rsidR="00E619F4" w:rsidRPr="00391A81" w:rsidRDefault="00D03E4E" w:rsidP="003331D6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000F77F9">
-        <w:t>Inventory, create, review, and organize files in the vault and off-site storage; update electronic databases and manage file destruction</w:t>
+      <w:r w:rsidR="007C45CA">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA" w:rsidRPr="00284BF2">
+        <w:t>eview, organize</w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA">
+        <w:t xml:space="preserve">, and inventory </w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA" w:rsidRPr="00284BF2">
+        <w:t xml:space="preserve">electronic and physical records stored on-site and off-site; maintain electronic databases and tracking systems; coordinate approved records disposition and destruction; </w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA">
+        <w:t xml:space="preserve">scan, </w:t>
+      </w:r>
+      <w:r w:rsidR="007C45CA" w:rsidRPr="00284BF2">
+        <w:t>label, index, and file records in accordance with content, classification standards, and record type</w:t>
       </w:r>
       <w:r w:rsidR="003331D6">
-        <w:t xml:space="preserve">; create, label, scan, index and file records </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="254D685B" w14:textId="1823CDFC" w:rsidR="00250140" w:rsidRPr="00250140" w:rsidRDefault="00250140" w:rsidP="00D03E4E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D88D8C1" w14:textId="77777777" w:rsidR="008E6097" w:rsidRDefault="008E6097" w:rsidP="008E6097">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A93B29" w14:textId="70734C46" w:rsidR="00250140" w:rsidRDefault="003331D6" w:rsidP="00D03E4E">
+    <w:p w14:paraId="5941AA10" w14:textId="78BB2EAC" w:rsidR="0027564F" w:rsidRDefault="007C45CA" w:rsidP="0027564F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="523" w:hanging="523"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00D03E4E">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Respond</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4863">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to inquiries</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4863">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">research information and assist residents and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4863">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staff; provide guidance and support to departments on records management practices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and procedures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4863">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; assist with processing Colorado Open Records Act (CORA) requests</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4863">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>utilize applicable requirements, retrie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4863">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responsive records, and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ensure timely,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4863">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compliant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>responses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4863">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D03E4E">
-[...15 lines deleted...]
-    <w:p w14:paraId="7A881945" w14:textId="583D3239" w:rsidR="0027564F" w:rsidRDefault="003331D6" w:rsidP="0027564F">
+    </w:p>
+    <w:p w14:paraId="33F63505" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="0027564F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="523" w:hanging="523"/>
-        <w:rPr>
-[...31 lines deleted...]
-    <w:p w14:paraId="5941AA10" w14:textId="77777777" w:rsidR="0027564F" w:rsidRDefault="0027564F" w:rsidP="0027564F">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67C57EF2" w14:textId="03D108D4" w:rsidR="008E6097" w:rsidRDefault="007C45CA" w:rsidP="0027564F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="67C57EF2" w14:textId="49B20AED" w:rsidR="008E6097" w:rsidRDefault="003331D6" w:rsidP="0027564F">
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0027564F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0027564F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000F77F9">
+        <w:t xml:space="preserve">Maintain and regularly update departmental website content to ensure accuracy, </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4C19">
+        <w:t>relevance,</w:t>
+      </w:r>
+      <w:r w:rsidR="000F77F9">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:t>positive</w:t>
+      </w:r>
+      <w:r w:rsidR="000F77F9">
+        <w:t xml:space="preserve"> user experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9FA8CF" w14:textId="77777777" w:rsidR="00E22E6D" w:rsidRDefault="00E22E6D" w:rsidP="0027564F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="6F9FA8CF" w14:textId="77777777" w:rsidR="00E22E6D" w:rsidRDefault="00E22E6D" w:rsidP="0027564F">
+    </w:p>
+    <w:p w14:paraId="5AE0B9D8" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="523" w:hanging="523"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2CF7A55E" w14:textId="68F57E36" w:rsidR="003270B6" w:rsidRDefault="003331D6" w:rsidP="003270B6">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22E6D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22E6D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E22E6D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assist </w:t>
+      </w:r>
+      <w:r w:rsidR="006009B5">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22E6D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maintaining the automated and manual records </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4C19">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">management </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22E6D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>program; retrieve</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0843">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22E6D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and store records according to established procedures and policies; maintain administrative files including historical legal documents, resolutions, ordinances, agreements, </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4C19">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>deeds,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22E6D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and annexations; record documents as required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48AFF420" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="523" w:hanging="523"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...63 lines deleted...]
-    <w:p w14:paraId="5548A65C" w14:textId="77777777" w:rsidR="003270B6" w:rsidRDefault="003270B6" w:rsidP="003270B6">
+    </w:p>
+    <w:p w14:paraId="7D98311C" w14:textId="7EDB9354" w:rsidR="008804AC" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-      <w:r w:rsidR="003270B6">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00807CDD">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003270B6">
+      <w:r w:rsidR="00807CDD">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00250140" w:rsidRPr="00391A81">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>Pe</w:t>
+      </w:r>
       <w:r w:rsidR="00250140" w:rsidRPr="00250140">
-        <w:t>Assist with licenses</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001A3485">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>rform a variety of clerical functions</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE653F">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="001A3485">
-[...21 lines deleted...]
-    <w:p w14:paraId="7D98311C" w14:textId="73724257" w:rsidR="008804AC" w:rsidRDefault="003331D6" w:rsidP="008804AC">
+      <w:r w:rsidR="003343AA">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00E619F4" w:rsidRPr="00250140">
+        <w:t>esearch, compile, review, and maintain data for various reports, projects, and tracking charts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C094121" w14:textId="77777777" w:rsidR="00EC7CE1" w:rsidRDefault="00EC7CE1" w:rsidP="008804AC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="259" w:lineRule="exact"/>
         <w:ind w:left="523" w:hanging="523"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:snapToGrid w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="5C1ACE28" w14:textId="7F4E8076" w:rsidR="00EC7CE1" w:rsidRDefault="007C45CA" w:rsidP="00EC7CE1">
+      <w:pPr>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7CE1">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7CE1">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00250140">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>erform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00250140">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00250140">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otary </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00250140">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>ervice for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> City documents; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>certify copies of official records; attest signatures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D19EB5" w14:textId="77777777" w:rsidR="003331D6" w:rsidRDefault="003331D6" w:rsidP="00EC7CE1">
+      <w:pPr>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39AFE7BE" w14:textId="6E0683A0" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
+      <w:pPr>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00807CDD">
-[...1 lines deleted...]
-          <w:snapToGrid w:val="0"/>
+      <w:r w:rsidR="003331D6">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00807CDD">
-[...1 lines deleted...]
-          <w:snapToGrid w:val="0"/>
+      <w:r w:rsidR="003331D6">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure records accessibility and compliance with the Americans with Disabilities Act (ADA) guidelines and Colorado accessibility requirements; provide support, accommodations, and accessible formats as required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F021887" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
+      <w:pPr>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29D4E1F9" w14:textId="628F4B33" w:rsidR="00250140" w:rsidRPr="001371D9" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
+      <w:pPr>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="001371D9">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001371D9">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00250140" w:rsidRPr="00391A81">
         <w:rPr>
-          <w:snapToGrid w:val="0"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="4C094121" w14:textId="77777777" w:rsidR="00EC7CE1" w:rsidRDefault="00EC7CE1" w:rsidP="008804AC">
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Perform other duties of a similar nature or level.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E16E25" w14:textId="77777777" w:rsidR="004A4946" w:rsidRPr="00391A81" w:rsidRDefault="004A4946" w:rsidP="00250140">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50AF0220" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="00250140">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09945ADB" w14:textId="5FE0DDEF" w:rsidR="00250140" w:rsidRPr="00391A81" w:rsidRDefault="00250140" w:rsidP="00250140">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00391A81">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B6E43B3" w14:textId="77777777" w:rsidR="00250140" w:rsidRPr="00391A81" w:rsidRDefault="00250140" w:rsidP="00250140">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7027F015" w14:textId="77777777" w:rsidR="00250140" w:rsidRPr="00391A81" w:rsidRDefault="00250140" w:rsidP="00250140">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00391A81">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Knowledge of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391A81">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC7306E" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Record management and retention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A99D384" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00B12378" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="259" w:lineRule="exact"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12378">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>Modern office procedures, methods and computer equipment and software</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A54237B" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="0091585C" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
-      </w:pPr>
-[...131 lines deleted...]
-    <w:p w14:paraId="243C8665" w14:textId="77777777" w:rsidR="001371D9" w:rsidRDefault="001371D9" w:rsidP="00EC7CE1">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Customer service procedures and principles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E1E5D3" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="259" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="29D4E1F9" w14:textId="4573514F" w:rsidR="00250140" w:rsidRPr="001371D9" w:rsidRDefault="001371D9" w:rsidP="001371D9">
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B12378">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>ost virtual meetings</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3A95B5" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00AB3128" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Automated records management systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8E3A96" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00B12378" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="259" w:lineRule="exact"/>
-        <w:ind w:left="523" w:hanging="523"/>
-[...145 lines deleted...]
-    <w:p w14:paraId="11827DE5" w14:textId="45717D8E" w:rsidR="00B12378" w:rsidRPr="00B12378" w:rsidRDefault="00B12378" w:rsidP="00B12378">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12378">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Knowledge of City departments/divisions, services and operations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6A73D2" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00B12378" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="259" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12378">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>Modern office procedures, methods and computer equipment and software</w:t>
-[...31 lines deleted...]
-    <w:p w14:paraId="5624802C" w14:textId="03E8752D" w:rsidR="00B12378" w:rsidRDefault="00B12378" w:rsidP="00B12378">
+        <w:t xml:space="preserve">Principles of business letter writing and basic report preparation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EA0545" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00B12378" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="259" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12378">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>Broadcast video and hosting virtual meetings</w:t>
-[...31 lines deleted...]
-    <w:p w14:paraId="51560AD9" w14:textId="77777777" w:rsidR="00B12378" w:rsidRPr="00B12378" w:rsidRDefault="00B12378" w:rsidP="00B12378">
+        <w:t>Principles and procedures of record keeping.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD91AEF" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00B12378" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="259" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12378">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Knowledge of City departments/divisions, services and operations. </w:t>
-[...48 lines deleted...]
-        </w:rPr>
         <w:t>English usage, spelling, grammar and punctuation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531B996C" w14:textId="77777777" w:rsidR="00555EA3" w:rsidRDefault="00555EA3" w:rsidP="00555EA3">
+    <w:p w14:paraId="6FEB07C1" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Applicable Federal, State and local codes, laws and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47324F76" w14:textId="77777777" w:rsidR="00250140" w:rsidRPr="00712972" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -1352,337 +1387,325 @@
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ability to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D73FEEE" w14:textId="5741CDE4" w:rsidR="008D00F1" w:rsidRPr="008D00F1" w:rsidRDefault="008D00F1" w:rsidP="00250140">
+    <w:p w14:paraId="4E91C719" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="008D00F1" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D00F1">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Perform professional an</w:t>
       </w:r>
-      <w:r w:rsidR="001F4C19">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>d technical records management and retention projects</w:t>
       </w:r>
       <w:r w:rsidRPr="008D00F1">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42175F9E" w14:textId="77777777" w:rsidR="00391A81" w:rsidRPr="00391A81" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="498FD768" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00391A81" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Establish and maintain effective working relationships with those contacted in the course of work. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39995C3E" w14:textId="77777777" w:rsidR="00391A81" w:rsidRPr="00391A81" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="2E479C01" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00391A81" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan, organize, and be </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>detail-oriented</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754A4092" w14:textId="77777777" w:rsidR="0047515C" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="0C38A96F" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Problem-solve and analyze situations carefully</w:t>
       </w:r>
-      <w:r w:rsidR="0047515C">
+      <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3863CC6D" w14:textId="77777777" w:rsidR="000353AF" w:rsidRDefault="0047515C" w:rsidP="00391A81">
+    <w:p w14:paraId="74C8BD58" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00391A81" w:rsidRPr="00391A81">
+      <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>rioritiz</w:t>
       </w:r>
-      <w:r w:rsidR="00A450E4">
-[...18 lines deleted...]
-    <w:p w14:paraId="67A64212" w14:textId="77777777" w:rsidR="000353AF" w:rsidRDefault="000353AF" w:rsidP="000353AF">
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>e and manage time effectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5414D7BF" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:r w:rsidRPr="00F0030B">
         <w:t>Comply with Payment Card Industry (PCI) standards for handling and securing payment card information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52518BC4" w14:textId="48D8989E" w:rsidR="00391A81" w:rsidRPr="00391A81" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="3EA5A11D" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00391A81" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Compile and maintain complex and extensive records and prepare reports.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D6BC216" w14:textId="77777777" w:rsidR="00391A81" w:rsidRPr="00391A81" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="7322B07F" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00391A81" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Type at a speed necessary for successful job performance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A017E57" w14:textId="77777777" w:rsidR="00391A81" w:rsidRPr="00391A81" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="14D9E59C" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00391A81" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Respond to requests and inquiries from the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>general public</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365899DC" w14:textId="77777777" w:rsidR="00391A81" w:rsidRPr="00391A81" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="064A53B0" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00391A81" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Work independently in the absence of supervision.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001366FD" w14:textId="77777777" w:rsidR="00391A81" w:rsidRPr="00391A81" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="6C793B63" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00391A81" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Understand and follow oral and written instructions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0362B821" w14:textId="77777777" w:rsidR="00391A81" w:rsidRPr="00391A81" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="01E82481" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00391A81" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3E70A6" w14:textId="77777777" w:rsidR="00391A81" w:rsidRPr="00391A81" w:rsidRDefault="00391A81" w:rsidP="00391A81">
+    <w:p w14:paraId="41CD0CC1" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00391A81" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391A81">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Maintain confidentiality.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9F642B" w14:textId="77777777" w:rsidR="00A040C3" w:rsidRDefault="00A040C3" w:rsidP="00A040C3">
+    <w:p w14:paraId="726F222D" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain accurate records, logs, and files.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E25BC9" w14:textId="2BE81CEB" w:rsidR="000209F8" w:rsidRDefault="000209F8" w:rsidP="00A040C3">
+    <w:p w14:paraId="2C7F15EE" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C0003">
         <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D5C6CAB" w14:textId="77777777" w:rsidR="00250140" w:rsidRPr="00712972" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -1815,51 +1838,51 @@
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F22187E" w14:textId="77777777" w:rsidR="00250140" w:rsidRPr="00712972" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A128F7D" w14:textId="6DB4ECB0" w:rsidR="00250140" w:rsidRPr="00CB5553" w:rsidRDefault="00250140" w:rsidP="00250140">
+    <w:p w14:paraId="3A128F7D" w14:textId="5EA27C70" w:rsidR="00250140" w:rsidRPr="00CB5553" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E16E2">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -1871,53 +1894,53 @@
         </w:rPr>
         <w:t>administrative</w:t>
       </w:r>
       <w:r w:rsidR="008E16E2">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> office support, </w:t>
       </w:r>
       <w:r w:rsidR="001F4C19">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">experience </w:t>
       </w:r>
       <w:r w:rsidR="007C643D">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and knowledge of records</w:t>
       </w:r>
       <w:r w:rsidR="001F4C19">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> management and retention</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C643D">
+        <w:t xml:space="preserve"> management</w:t>
+      </w:r>
+      <w:r w:rsidR="00926178">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75176F98" w14:textId="77777777" w:rsidR="00250140" w:rsidRPr="00712972" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F211B79" w14:textId="77777777" w:rsidR="00250140" w:rsidRDefault="00250140" w:rsidP="00250140">
@@ -1981,57 +2004,71 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CB5553">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>High School Diploma or G.E.D</w:t>
+        <w:t>High School Diploma or G.E.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB5553">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00BC78F6">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>.; supplemented by</w:t>
+        <w:t>.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC78F6">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supplemented by</w:t>
       </w:r>
       <w:r w:rsidR="00B24483">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> administrative </w:t>
       </w:r>
       <w:r w:rsidR="003C6A65">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>support.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41EDEC70" w14:textId="77777777" w:rsidR="00250140" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
@@ -2183,114 +2220,70 @@
         <w:t>Possession of, or ability to obtain, Notary Public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Commission.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04FC3469" w14:textId="77777777" w:rsidR="00250140" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A736454" w14:textId="460686A2" w:rsidR="00250140" w:rsidRDefault="00250140" w:rsidP="00250140">
-[...62 lines deleted...]
-        <w:t>Possession of, or ability to obtain, ARMA Certified Records Manager (CRM)</w:t>
+    <w:p w14:paraId="0223812D" w14:textId="77777777" w:rsidR="007C45CA" w:rsidRPr="00CB5553" w:rsidRDefault="007C45CA" w:rsidP="007C45CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Possession of, or ability to obtain, ARMA Certified Records Analyst (CRA) and/or Certified Records Manager (CRM) certifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17DCCF99" w14:textId="77777777" w:rsidR="00250140" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D14D556" w14:textId="77777777" w:rsidR="00250140" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -2541,52 +2534,57 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="522F8625" w14:textId="77777777" w:rsidR="00250140" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Sedentary Work</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00917F76">
-        <w:t>:  Exerting up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body.  Sedentary work involves sitting most of the time.  Jobs are sedentary if walking and standing are required only occasionally and all other sedentary criteria are met.</w:t>
+        <w:t>:  Exerting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:t xml:space="preserve"> up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body.  Sedentary work involves sitting most of the time.  Jobs are sedentary if walking and standing are required only occasionally and all other sedentary criteria are met.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="043A18D4" w14:textId="77777777" w:rsidR="00250140" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43D73942" w14:textId="77777777" w:rsidR="00250140" w:rsidRPr="00917F76" w:rsidRDefault="00250140" w:rsidP="00250140">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2669,103 +2667,108 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="655E9820" w14:textId="77777777" w:rsidR="0073495A" w:rsidRDefault="0073495A"/>
     <w:sectPr w:rsidR="0073495A" w:rsidSect="006A1F90">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="108E9841" w14:textId="77777777" w:rsidR="00D125C3" w:rsidRDefault="00D125C3" w:rsidP="00250140">
+    <w:p w14:paraId="43AA95F0" w14:textId="77777777" w:rsidR="00FA1C5B" w:rsidRDefault="00FA1C5B" w:rsidP="00250140">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7441D380" w14:textId="77777777" w:rsidR="00D125C3" w:rsidRDefault="00D125C3" w:rsidP="00250140">
+    <w:p w14:paraId="77947EA4" w14:textId="77777777" w:rsidR="00FA1C5B" w:rsidRDefault="00FA1C5B" w:rsidP="00250140">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B3C9791" w14:textId="77777777" w:rsidR="007C643D" w:rsidRDefault="007C643D"/>
-  <w:p w14:paraId="0E8F7EBB" w14:textId="1C2E8D7E" w:rsidR="007C643D" w:rsidRDefault="007C643D">
+  <w:p w14:paraId="0E8F7EBB" w14:textId="6C0A0839" w:rsidR="007C643D" w:rsidRDefault="007C643D">
+    <w:pPr>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+    </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2838,73 +2841,55 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="000209F8">
+    <w:r w:rsidR="007C45CA">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>12</w:t>
-[...17 lines deleted...]
-      <w:t>/2025</w:t>
+      <w:t>1/30/2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C45114D" w14:textId="77777777" w:rsidR="007C643D" w:rsidRDefault="007C643D"/>
   <w:p w14:paraId="30B5AF15" w14:textId="77777777" w:rsidR="007C643D" w:rsidRDefault="007C643D">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -2997,58 +2982,58 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A495D7A" w14:textId="77777777" w:rsidR="00D125C3" w:rsidRDefault="00D125C3" w:rsidP="00250140">
+    <w:p w14:paraId="7C479B96" w14:textId="77777777" w:rsidR="00FA1C5B" w:rsidRDefault="00FA1C5B" w:rsidP="00250140">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18F2C48E" w14:textId="77777777" w:rsidR="00D125C3" w:rsidRDefault="00D125C3" w:rsidP="00250140">
+    <w:p w14:paraId="4ECF05DE" w14:textId="77777777" w:rsidR="00FA1C5B" w:rsidRDefault="00FA1C5B" w:rsidP="00250140">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3DC805BE" w14:textId="77777777" w:rsidR="007C643D" w:rsidRPr="00CC53B2" w:rsidRDefault="007C643D" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
@@ -3630,98 +3615,105 @@
     <w:rsid w:val="001B3331"/>
     <w:rsid w:val="001F4C19"/>
     <w:rsid w:val="00217BDF"/>
     <w:rsid w:val="00250140"/>
     <w:rsid w:val="0027564F"/>
     <w:rsid w:val="002809DA"/>
     <w:rsid w:val="003270B6"/>
     <w:rsid w:val="003331D6"/>
     <w:rsid w:val="003343AA"/>
     <w:rsid w:val="00337420"/>
     <w:rsid w:val="00340C9A"/>
     <w:rsid w:val="00355DE9"/>
     <w:rsid w:val="00373DD4"/>
     <w:rsid w:val="00391A81"/>
     <w:rsid w:val="003B3356"/>
     <w:rsid w:val="003C6A65"/>
     <w:rsid w:val="003D3000"/>
     <w:rsid w:val="003F3EBC"/>
     <w:rsid w:val="0047515C"/>
     <w:rsid w:val="004A4946"/>
     <w:rsid w:val="00547B68"/>
     <w:rsid w:val="00555EA3"/>
     <w:rsid w:val="005F447C"/>
     <w:rsid w:val="005F4EC0"/>
     <w:rsid w:val="006009B5"/>
+    <w:rsid w:val="006233E3"/>
     <w:rsid w:val="00623EC9"/>
+    <w:rsid w:val="0062481C"/>
     <w:rsid w:val="006726F7"/>
     <w:rsid w:val="006A1F90"/>
     <w:rsid w:val="006E762D"/>
     <w:rsid w:val="00714BA5"/>
+    <w:rsid w:val="007311D9"/>
     <w:rsid w:val="0073495A"/>
     <w:rsid w:val="00776BC1"/>
     <w:rsid w:val="007B4C7B"/>
+    <w:rsid w:val="007C45CA"/>
     <w:rsid w:val="007C643D"/>
     <w:rsid w:val="007D0C26"/>
     <w:rsid w:val="0080290C"/>
     <w:rsid w:val="00807CDD"/>
     <w:rsid w:val="008804AC"/>
     <w:rsid w:val="008D00F1"/>
     <w:rsid w:val="008E16E2"/>
     <w:rsid w:val="008E6097"/>
     <w:rsid w:val="0091585C"/>
     <w:rsid w:val="0092102C"/>
+    <w:rsid w:val="00926178"/>
+    <w:rsid w:val="00946A00"/>
     <w:rsid w:val="00992378"/>
     <w:rsid w:val="009E0483"/>
     <w:rsid w:val="00A040C3"/>
     <w:rsid w:val="00A04550"/>
     <w:rsid w:val="00A31CAC"/>
     <w:rsid w:val="00A450E4"/>
     <w:rsid w:val="00AB3128"/>
     <w:rsid w:val="00AE653F"/>
     <w:rsid w:val="00B12378"/>
     <w:rsid w:val="00B24483"/>
     <w:rsid w:val="00B318F3"/>
     <w:rsid w:val="00BC78F6"/>
     <w:rsid w:val="00C0003B"/>
     <w:rsid w:val="00C94CFC"/>
     <w:rsid w:val="00CC0843"/>
     <w:rsid w:val="00D03E4E"/>
     <w:rsid w:val="00D125C3"/>
     <w:rsid w:val="00D27365"/>
     <w:rsid w:val="00DA7C07"/>
     <w:rsid w:val="00DE366B"/>
     <w:rsid w:val="00DF037B"/>
     <w:rsid w:val="00E14D24"/>
     <w:rsid w:val="00E22BE2"/>
     <w:rsid w:val="00E22E6D"/>
     <w:rsid w:val="00E45D38"/>
     <w:rsid w:val="00E619F4"/>
     <w:rsid w:val="00EC7CE1"/>
     <w:rsid w:val="00F1522A"/>
     <w:rsid w:val="00F7125F"/>
     <w:rsid w:val="00F835CB"/>
+    <w:rsid w:val="00FA1C5B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -4540,65 +4532,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -4698,115 +4675,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5BC8D2C-2912-4481-A62A-36000F90C558}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28802D0E-DDDF-40B0-9E5D-9A1676D74F5E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E7E7C5D-D61B-4B25-B03B-1E342DC7BA9D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>877</Words>
-  <Characters>5001</Characters>
+  <Words>776</Words>
+  <Characters>5047</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>133</Lines>
+  <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5867</CharactersWithSpaces>
+  <CharactersWithSpaces>5772</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Baylee Gregor</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BEC999F178294D40A9422D1EAAD2CE9D</vt:lpwstr>