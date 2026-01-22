--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -1,48 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5128E9C0" w14:textId="2905BF73" w:rsidR="003D5752" w:rsidRPr="00C438B0" w:rsidRDefault="00E37103" w:rsidP="00E37103">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CITY OF GRAND JUNCTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C8E6F53" w14:textId="2C6F6563" w:rsidR="00E37103" w:rsidRPr="00C438B0" w:rsidRDefault="00E37103" w:rsidP="00E37103">
       <w:pPr>
@@ -587,51 +590,65 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">Serve as a liaison to supervisory staff, employees, the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C438B0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>general public</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C438B0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>, childcare families, advisory groups, and other groups; attend all assigned training’s, meetings, and special committees; represents the childcare facility and provide professional advice related to childcare programming as needed.</w:t>
+        <w:t xml:space="preserve">, childcare families, advisory groups, and other groups; attend all assigned training’s, meetings, and special committees; represents the childcare facility and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C438B0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C438B0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> professional advice related to childcare programming as needed.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438B0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4770F839" w14:textId="77777777" w:rsidR="00B11ACA" w:rsidRPr="00C438B0" w:rsidRDefault="00B11ACA" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="552D0389" w14:textId="10405F14" w:rsidR="00B11ACA" w:rsidRPr="00C438B0" w:rsidRDefault="00B11ACA" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -773,105 +790,81 @@
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:t>Effective child behavior management techniques.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="519C92B0" w14:textId="77777777" w:rsidR="00C438B0" w:rsidRPr="00C438B0" w:rsidRDefault="00C438B0" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:t>Customer service procedures and principles.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EB4554E" w14:textId="77777777" w:rsidR="00C438B0" w:rsidRPr="00C438B0" w:rsidRDefault="00C438B0" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
-        <w:t xml:space="preserve">Child development for young children </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> weeks through six years of age.</w:t>
+        <w:t>Child development for young children six weeks through six years of age.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67399CB3" w14:textId="77777777" w:rsidR="00C438B0" w:rsidRPr="00C438B0" w:rsidRDefault="00C438B0" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:t>Principles and practices of educational programs and curriculum development and implementation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="283D7989" w14:textId="77777777" w:rsidR="00C438B0" w:rsidRPr="00C438B0" w:rsidRDefault="00C438B0" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
-        <w:t xml:space="preserve">English usage, spelling, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and punctuation.</w:t>
+        <w:t>English usage, spelling, grammar and punctuation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="596C55EF" w14:textId="77777777" w:rsidR="00C438B0" w:rsidRPr="00C438B0" w:rsidRDefault="00C438B0" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
-        <w:t xml:space="preserve">Applicable Federal, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and local codes, laws and regulations.</w:t>
+        <w:t>Applicable Federal, State and local codes, laws and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48CDCCE0" w14:textId="1A397F46" w:rsidR="00B11ACA" w:rsidRPr="00C438B0" w:rsidRDefault="00B11ACA" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AD4685D" w14:textId="2918AC99" w:rsidR="00B11ACA" w:rsidRPr="00C438B0" w:rsidRDefault="00B11ACA" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
@@ -950,59 +943,84 @@
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:t>Respond to emergency situations and perform first aid as necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EC8237D" w14:textId="77777777" w:rsidR="00C438B0" w:rsidRPr="00C438B0" w:rsidRDefault="00C438B0" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:t>Adapt to policy and environmental changes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F063F10" w14:textId="77777777" w:rsidR="00C438B0" w:rsidRPr="00C438B0" w:rsidRDefault="00C438B0" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:t>Recognize the importance of safety; practice safe work habits and report unsafe conditions to the appropriate supervisor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DAE1BAF" w14:textId="77777777" w:rsidR="00C438B0" w:rsidRPr="00C438B0" w:rsidRDefault="00C438B0" w:rsidP="004B150E">
+    <w:p w14:paraId="4DAE1BAF" w14:textId="77777777" w:rsidR="00C438B0" w:rsidRDefault="00C438B0" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:t>Establish and maintain accurate records, logs, and files.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="29D077EA" w14:textId="77777777" w:rsidR="00263744" w:rsidRPr="00263744" w:rsidRDefault="00263744" w:rsidP="00263744">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Speak, read, write, and comprehend the English language at a level necessary to accomplish job requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFD2711" w14:textId="77777777" w:rsidR="00263744" w:rsidRPr="00C438B0" w:rsidRDefault="00263744" w:rsidP="004B150E">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2238EB08" w14:textId="7C9D4887" w:rsidR="00B11ACA" w:rsidRPr="00C438B0" w:rsidRDefault="00B11ACA" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75BF4F07" w14:textId="24C778A6" w:rsidR="00B11ACA" w:rsidRPr="00C438B0" w:rsidRDefault="00B11ACA" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1165,60 +1183,54 @@
       <w:r w:rsidRPr="00FF72E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Training:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A4F4A28" w14:textId="70C1F70E" w:rsidR="00B11ACA" w:rsidRPr="00FF72E3" w:rsidRDefault="00B11ACA" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF72E3">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve">Must meet appropriate Early Childhood Teacher requirements/qualifications and provide all documentation as required by the State of Colorado’s Department of Human </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Services </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
+        <w:t>Must meet appropriate Early Childhood Teacher requirements/qualifications and provide all documentation as required by the State of Colorado’s Department of Human Services </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00FF72E3">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>(7.702.44)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF72E3">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t> upon hire.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF72E3">
         <w:rPr>
           <w:rStyle w:val="bcx0"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF72E3">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3417A97F" w14:textId="4D5B8647" w:rsidR="00B11ACA" w:rsidRPr="00FF72E3" w:rsidRDefault="00B11ACA" w:rsidP="004B150E">
@@ -1388,60 +1400,111 @@
         </w:rPr>
         <w:t>Environmental Conditions:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="405341B4" w14:textId="2C2FC80A" w:rsidR="001A046F" w:rsidRPr="00C438B0" w:rsidRDefault="001A046F" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:t>The job is performed in the following working environment:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4019F868" w14:textId="3F5B8047" w:rsidR="001A046F" w:rsidRPr="00C438B0" w:rsidRDefault="001A046F" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3454FD1C" w14:textId="119D55DA" w:rsidR="001A046F" w:rsidRPr="00C438B0" w:rsidRDefault="001A046F" w:rsidP="004B150E">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w14:paraId="6673B3DE" w14:textId="77777777" w:rsidR="00263744" w:rsidRPr="00263744" w:rsidRDefault="00263744" w:rsidP="00263744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC826FC" w14:textId="77777777" w:rsidR="00263744" w:rsidRPr="00B15FF7" w:rsidRDefault="00263744" w:rsidP="00263744">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Office and field environment. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Field environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="601536B4" w14:textId="1072AD29" w:rsidR="00B11ACA" w:rsidRPr="00C438B0" w:rsidRDefault="00F250D9" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C438B0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00B11ACA" w:rsidRPr="00C438B0">
         <w:rPr>
@@ -1552,109 +1615,231 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>While performing the duties of this job, the employee is required to sit for prolonged periods. The employee is regularly required to see, hear, talk, stand, twist, and use repetitive motions in the conduct of work. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218A70DE" w14:textId="77777777" w:rsidR="001A046F" w:rsidRPr="00C438B0" w:rsidRDefault="001A046F" w:rsidP="004B150E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24990E27" w14:textId="77777777" w:rsidR="00330967" w:rsidRPr="00330967" w:rsidRDefault="00330967" w:rsidP="00E37103">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="058FBCE8" w14:textId="77777777" w:rsidR="00330967" w:rsidRPr="00330967" w:rsidRDefault="00330967" w:rsidP="00E37103"/>
     <w:p w14:paraId="698ED101" w14:textId="77777777" w:rsidR="00330967" w:rsidRPr="00E37103" w:rsidRDefault="00330967" w:rsidP="00E37103"/>
-    <w:sectPr w:rsidR="00330967" w:rsidRPr="00E37103">
+    <w:sectPr w:rsidR="00330967" w:rsidRPr="00E37103" w:rsidSect="00944E7D">
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="3972EFFC" w14:textId="77777777" w:rsidR="00437853" w:rsidRDefault="00437853" w:rsidP="00263744">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="477A4C42" w14:textId="77777777" w:rsidR="00437853" w:rsidRDefault="00437853" w:rsidP="00263744">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="04F0716C" w14:textId="2DC63192" w:rsidR="00944E7D" w:rsidRDefault="00944E7D" w:rsidP="00944E7D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="8430"/>
+      </w:tabs>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">                             </w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1623300277"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:r>
+          <w:t xml:space="preserve">                                                         Page </w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of 3                                                            12/09/2025</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="367A4C81" w14:textId="0CE33EE4" w:rsidR="00263744" w:rsidRDefault="00263744">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="61CA3CC3" w14:textId="77777777" w:rsidR="00437853" w:rsidRDefault="00437853" w:rsidP="00263744">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1491EF78" w14:textId="77777777" w:rsidR="00437853" w:rsidRDefault="00437853" w:rsidP="00263744">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EF33055"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0F2007A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2109,50 +2294,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EEC4F92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D144A5DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67933FD8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EB00F6DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2257,51 +2531,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A37103F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0AE090B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2406,51 +2680,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E9B76C3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F7120E5C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2556,134 +2830,153 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1412577393">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="956984104">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="714425937">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1500194173">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="402412531">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="109864434">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1856339462">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="8" w16cid:durableId="90511110">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E37103"/>
     <w:rsid w:val="001A046F"/>
+    <w:rsid w:val="00263744"/>
     <w:rsid w:val="00330967"/>
     <w:rsid w:val="0035251C"/>
     <w:rsid w:val="003D5752"/>
+    <w:rsid w:val="00437853"/>
+    <w:rsid w:val="004A017B"/>
     <w:rsid w:val="004B150E"/>
     <w:rsid w:val="0051320A"/>
+    <w:rsid w:val="00824494"/>
+    <w:rsid w:val="00944E7D"/>
     <w:rsid w:val="00A301E1"/>
     <w:rsid w:val="00B11ACA"/>
     <w:rsid w:val="00C438B0"/>
     <w:rsid w:val="00E37103"/>
     <w:rsid w:val="00F250D9"/>
     <w:rsid w:val="00F463BC"/>
     <w:rsid w:val="00FF72E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6ECE9AAF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BC9DD0AB-7B87-47D5-80DB-5266961804E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3153,55 +3446,99 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00C438B0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C438B0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00263744"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00263744"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00263744"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00263744"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="768308541">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="516965428">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3338,51 +3675,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2025591333">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coloradoofficeofearlychildhood.com/oec/OEC_Providers?p=Providers&amp;s=Rules-and-Regulations&amp;lang=en" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coloradoofficeofearlychildhood.com/oec/OEC_Providers?p=Providers&amp;s=Rules-and-Regulations&amp;lang=en" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3641,69 +3978,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>811</Words>
-  <Characters>4624</Characters>
+  <Words>833</Words>
+  <Characters>4750</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5425</CharactersWithSpaces>
+  <CharactersWithSpaces>5572</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kathy Sargent</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>