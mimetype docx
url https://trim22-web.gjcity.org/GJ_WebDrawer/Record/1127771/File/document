--- v0 (2025-12-10)
+++ v1 (2026-01-22)
@@ -1,49 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="42C8A5FF" w14:textId="77777777" w:rsidR="007366D9" w:rsidRDefault="007366D9" w:rsidP="0026315F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="051BC7BA" w14:textId="77777777" w:rsidR="007366D9" w:rsidRDefault="007366D9" w:rsidP="0026315F">
@@ -765,93 +764,129 @@
         </w:rPr>
         <w:t>Maintain security of plant facilities</w:t>
       </w:r>
       <w:r w:rsidR="00F06A1F" w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and respond to emergency situations associated with the water system</w:t>
       </w:r>
       <w:r w:rsidR="00FE05BB" w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, work on an on-call basis to address</w:t>
       </w:r>
       <w:r w:rsidR="00B90248">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> after hours </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B90248">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>after hours</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B90248">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE05BB" w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>inquiries and emergencies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2A3638" w14:textId="77777777" w:rsidR="0026315F" w:rsidRPr="0026315F" w:rsidRDefault="0026315F" w:rsidP="0026315F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D515F75" w14:textId="77777777" w:rsidR="0026315F" w:rsidRDefault="00FE05BB" w:rsidP="0026315F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Perform general plant maintenance including cleaning, painting, and repairing plant facilities; perform a full range of grounds maintenance duties involved in maintaining un-landscaped grounds. </w:t>
+        <w:t xml:space="preserve">Perform general plant maintenance including cleaning, painting, and repairing plant facilities; perform a full range of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>grounds</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintenance duties involved in maintaining un-landscaped grounds. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1898E953" w14:textId="77777777" w:rsidR="0026315F" w:rsidRPr="0026315F" w:rsidRDefault="0026315F" w:rsidP="0026315F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29BA1F29" w14:textId="332CB9B7" w:rsidR="0026315F" w:rsidRDefault="00AB6DC1" w:rsidP="0026315F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -947,51 +982,69 @@
         </w:rPr>
         <w:t>alve</w:t>
       </w:r>
       <w:r w:rsidR="00AB6DC1" w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> stations</w:t>
       </w:r>
       <w:r w:rsidR="009C2993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>; m</w:t>
       </w:r>
       <w:r w:rsidR="009C2993" w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">aintain and assist in the repair of repair open reservoirs, take piezometer readings and reservoir seepage measurements.  </w:t>
+        <w:t xml:space="preserve">aintain and assist in the repair of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C2993" w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>repair</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009C2993" w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> open reservoirs, take piezometer readings and reservoir seepage measurements.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F383B69" w14:textId="77777777" w:rsidR="0026315F" w:rsidRDefault="0026315F" w:rsidP="0026315F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29E31623" w14:textId="523D7F00" w:rsidR="009C2993" w:rsidRDefault="00AB6DC1" w:rsidP="009C2993">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -1096,51 +1149,69 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B42E188" w14:textId="4B4A5B2F" w:rsidR="0026315F" w:rsidRDefault="00F06A1F" w:rsidP="0026315F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Operate a variety of equipment including dump trucks, loaders, backhoes, tractors, valve exercise machine, power and hand tools, and other specialized maintenance and construction equipment</w:t>
+        <w:t xml:space="preserve">Operate a variety of equipment including dump trucks, loaders, backhoes, tractors, valve exercise </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>machine</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, power and hand tools, and other specialized maintenance and construction equipment</w:t>
       </w:r>
       <w:r w:rsidR="001043AA" w:rsidRPr="00B90248">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="001043AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>establish and maintain</w:t>
       </w:r>
       <w:r w:rsidR="001043AA" w:rsidRPr="00B90248">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> safe work zones.</w:t>
       </w:r>
@@ -1545,51 +1616,69 @@
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Principles and procedures used in the proper handling of chemicals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="384D9674" w14:textId="77777777" w:rsidR="00BA5C9F" w:rsidRPr="0026315F" w:rsidRDefault="00BA5C9F" w:rsidP="00BA5C9F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Operate and use modern office equipment including computer and various software applications. </w:t>
+        <w:t xml:space="preserve">Operate and use modern office equipment including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>computer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and various software applications. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A461D41" w14:textId="77777777" w:rsidR="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Operational and maintenance characteristics of specialized equipment utilized in water distribution systems.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF64ED5" w14:textId="188A498E" w:rsidR="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
@@ -1748,50 +1837,51 @@
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">English usage, spelling, grammar, and punctuation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B3B1B27" w14:textId="77777777" w:rsidR="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Applicable tools and equipment operations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18013C52" w14:textId="5368E2B8" w:rsidR="003C1DE9" w:rsidRPr="0026315F" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Applicable Federal, State</w:t>
       </w:r>
       <w:r w:rsidR="00FB4351">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -1885,51 +1975,69 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Operate equipment, tools</w:t>
       </w:r>
       <w:r w:rsidR="00BA5C9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and machines necessary to operate, repair and maintain plant equipment and facilities. </w:t>
+        <w:t xml:space="preserve"> and machines necessary to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>operate, repair</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and maintain plant equipment and facilities. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="278DC6A0" w14:textId="61C58031" w:rsidR="003C1DE9" w:rsidRPr="0026315F" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diagnose </w:t>
       </w:r>
       <w:r w:rsidR="00326D74" w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1993,51 +2101,69 @@
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and repair work in water distribution systems.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E82FFBA" w14:textId="77777777" w:rsidR="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Use and operate hand and power tools, vehicular and stationary mechanical equipment, and other equipment required for the work in a safe and efficient manner. </w:t>
+        <w:t xml:space="preserve">Use and operate hand and power tools, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vehicular</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and stationary mechanical equipment, and other equipment required for the work in a safe and efficient manner. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CAC85A8" w14:textId="77777777" w:rsidR="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Perform required maintenance or repair of specialized equipment operated. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BDADD11" w14:textId="77777777" w:rsidR="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
@@ -2142,51 +2268,69 @@
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Communicate clearly and concisely, both orally and in writing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A0EC692" w14:textId="77777777" w:rsidR="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Respond to requests and inquiries from the general public and City employees. </w:t>
+        <w:t xml:space="preserve">Respond to requests and inquiries from the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and City employees. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32FC5645" w14:textId="77777777" w:rsidR="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Establish and maintain accurate records, logs, and files. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F120634" w14:textId="553AE919" w:rsidR="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
@@ -2231,70 +2375,107 @@
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and regulations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A280B5F" w14:textId="2D491773" w:rsidR="00FB4351" w:rsidRPr="0026315F" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Operate and use modern office equipment including computer and various software applications. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41ECCCA2" w14:textId="1BFCAA08" w:rsidR="003C1DE9" w:rsidRPr="0026315F" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
+        <w:t xml:space="preserve">Operate and use modern office equipment including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>computer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and various software applications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41ECCCA2" w14:textId="1BFCAA08" w:rsidR="003C1DE9" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A56E880" w14:textId="2A671D50" w:rsidR="00E43A0F" w:rsidRPr="0026315F" w:rsidRDefault="00E43A0F" w:rsidP="00FB4351">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D41A31" w14:textId="77777777" w:rsidR="00326D74" w:rsidRPr="0026315F" w:rsidRDefault="00326D74" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53F737F0" w14:textId="1AAA89A3" w:rsidR="003C1DE9" w:rsidRPr="00FB4351" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -2728,50 +2909,51 @@
       </w:r>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Water Operator certification, depending upon certification level at the time of hire. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C1D5E8F" w14:textId="50283EC5" w:rsidR="003C1DE9" w:rsidRDefault="003C1DE9" w:rsidP="00FB4351">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Possession of, or ability to obtain within up to five (5) years of hire, Class 4 Water Distribution certification, depending upon certification level at the time of hire.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B937127" w14:textId="77777777" w:rsidR="00FB4351" w:rsidRDefault="00FB4351" w:rsidP="00FB4351">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22127A57" w14:textId="77777777" w:rsidR="00196723" w:rsidRDefault="00196723" w:rsidP="00FB4351">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="308424DF" w14:textId="77777777" w:rsidR="00196723" w:rsidRPr="0026315F" w:rsidRDefault="00196723" w:rsidP="00FB4351">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2903,79 +3085,115 @@
     <w:p w14:paraId="7D04C9D2" w14:textId="77777777" w:rsidR="007366D9" w:rsidRPr="0026315F" w:rsidRDefault="007366D9" w:rsidP="007366D9">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C7AAF83" w14:textId="77777777" w:rsidR="003C1DE9" w:rsidRDefault="003C1DE9" w:rsidP="007366D9">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The following condition(s) may be present on a continuing basis: </w:t>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>condition(s)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be present on a continuing basis: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A277493" w14:textId="77777777" w:rsidR="007366D9" w:rsidRPr="0026315F" w:rsidRDefault="007366D9" w:rsidP="007366D9">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69AC2C53" w14:textId="77777777" w:rsidR="003C1DE9" w:rsidRDefault="003C1DE9" w:rsidP="007366D9">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hazardous physical conditions (mechanical parts, electrical currents, vibration, etc.) Atmospheric Conditions (fumes, odors, dusts, gases, poor ventilation) </w:t>
+        <w:t xml:space="preserve">Hazardous physical conditions (mechanical parts, electrical currents, vibration, etc.) Atmospheric Conditions (fumes, odors, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dusts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0026315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, gases, poor ventilation) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA3433C" w14:textId="77777777" w:rsidR="007366D9" w:rsidRPr="0026315F" w:rsidRDefault="007366D9" w:rsidP="007366D9">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D2D5009" w14:textId="77777777" w:rsidR="003C1DE9" w:rsidRDefault="003C1DE9" w:rsidP="007366D9">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026315F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -3083,51 +3301,69 @@
         <w:pStyle w:val="NormalWeb"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D89BB9E" w14:textId="77777777" w:rsidR="00BA5C9F" w:rsidRDefault="00BA5C9F" w:rsidP="007366D9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5C9F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The following physical activities are very or extremely important in accomplishing the job’s purpose and are performed on a daily basis:</w:t>
+        <w:t xml:space="preserve">The following physical activities are very or extremely important in accomplishing the job’s purpose and are performed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BA5C9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>on a daily basis</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BA5C9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5879C35E" w14:textId="77777777" w:rsidR="007366D9" w:rsidRPr="00BA5C9F" w:rsidRDefault="007366D9" w:rsidP="007366D9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57EF8C6A" w14:textId="77777777" w:rsidR="00BA5C9F" w:rsidRPr="00BA5C9F" w:rsidRDefault="00BA5C9F" w:rsidP="007366D9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5C9F">
         <w:rPr>
@@ -3140,61 +3376,61 @@
     </w:p>
     <w:p w14:paraId="45C65457" w14:textId="12015278" w:rsidR="003C1DE9" w:rsidRPr="0026315F" w:rsidRDefault="003C1DE9" w:rsidP="003C1DE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003C1DE9" w:rsidRPr="0026315F">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="278A9236" w14:textId="77777777" w:rsidR="00C07C53" w:rsidRDefault="00C07C53" w:rsidP="0026315F">
+    <w:p w14:paraId="79E426D8" w14:textId="77777777" w:rsidR="00E03DF8" w:rsidRDefault="00E03DF8" w:rsidP="0026315F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5316E032" w14:textId="77777777" w:rsidR="00C07C53" w:rsidRDefault="00C07C53" w:rsidP="0026315F">
+    <w:p w14:paraId="3366E403" w14:textId="77777777" w:rsidR="00E03DF8" w:rsidRDefault="00E03DF8" w:rsidP="0026315F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3215,177 +3451,183 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1378663976"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
-          <w:p w14:paraId="6FA846D3" w14:textId="7AEFFCEA" w:rsidR="00BA5C9F" w:rsidRPr="00BA5C9F" w:rsidRDefault="00BA5C9F" w:rsidP="00BA5C9F">
+          <w:p w14:paraId="6FA846D3" w14:textId="26CE0E8E" w:rsidR="00BA5C9F" w:rsidRPr="00BA5C9F" w:rsidRDefault="00BA5C9F" w:rsidP="00BA5C9F">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:ind w:firstLine="3600"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA5C9F">
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA5C9F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00BA5C9F">
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BA5C9F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BA5C9F">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA5C9F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00BA5C9F">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5C9F">
-[...28 lines deleted...]
-            </w:r>
+            <w:fldSimple w:instr=" NUMPAGES  ">
+              <w:r w:rsidRPr="00BA5C9F">
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+                <w:t>2</w:t>
+              </w:r>
+            </w:fldSimple>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:r w:rsidR="00E43A0F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
             <w:r w:rsidR="009A4755">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>05/04/2024</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00E43A0F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4755">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00E43A0F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4F7349B7" w14:textId="77777777" w:rsidR="00BA5C9F" w:rsidRDefault="00BA5C9F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51CBEAAF" w14:textId="77777777" w:rsidR="00C07C53" w:rsidRDefault="00C07C53" w:rsidP="0026315F">
+    <w:p w14:paraId="09FE4DC4" w14:textId="77777777" w:rsidR="00E03DF8" w:rsidRDefault="00E03DF8" w:rsidP="0026315F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FBE1807" w14:textId="77777777" w:rsidR="00C07C53" w:rsidRDefault="00C07C53" w:rsidP="0026315F">
+    <w:p w14:paraId="44708EEF" w14:textId="77777777" w:rsidR="00E03DF8" w:rsidRDefault="00E03DF8" w:rsidP="0026315F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="139C7E5A" w14:textId="6CCE982D" w:rsidR="0026315F" w:rsidRDefault="0026315F" w:rsidP="0026315F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0026315F">
       <w:rPr>
@@ -3622,54 +3864,54 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1052391373">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2128352747">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1DE9"/>
     <w:rsid w:val="001043AA"/>
     <w:rsid w:val="00167BCE"/>
     <w:rsid w:val="00196723"/>
     <w:rsid w:val="001B1111"/>
     <w:rsid w:val="00221A11"/>
     <w:rsid w:val="0022684E"/>
     <w:rsid w:val="0026315F"/>
@@ -3679,51 +3921,54 @@
     <w:rsid w:val="003C1DE9"/>
     <w:rsid w:val="003F3E5F"/>
     <w:rsid w:val="004307F6"/>
     <w:rsid w:val="00500BC1"/>
     <w:rsid w:val="00591A8B"/>
     <w:rsid w:val="00591E64"/>
     <w:rsid w:val="006014D9"/>
     <w:rsid w:val="00691986"/>
     <w:rsid w:val="007366D9"/>
     <w:rsid w:val="007A4D6F"/>
     <w:rsid w:val="008272C8"/>
     <w:rsid w:val="00904AA2"/>
     <w:rsid w:val="009A4755"/>
     <w:rsid w:val="009C2993"/>
     <w:rsid w:val="00A653C1"/>
     <w:rsid w:val="00AA2D61"/>
     <w:rsid w:val="00AA39B9"/>
     <w:rsid w:val="00AA69CF"/>
     <w:rsid w:val="00AB6DC1"/>
     <w:rsid w:val="00B37D5C"/>
     <w:rsid w:val="00B90248"/>
     <w:rsid w:val="00BA5C9F"/>
     <w:rsid w:val="00BC736E"/>
     <w:rsid w:val="00C07C53"/>
     <w:rsid w:val="00D17F43"/>
+    <w:rsid w:val="00D65EC4"/>
     <w:rsid w:val="00D671BC"/>
+    <w:rsid w:val="00E03DF8"/>
+    <w:rsid w:val="00E43A0F"/>
     <w:rsid w:val="00F06A1F"/>
     <w:rsid w:val="00FB4351"/>
     <w:rsid w:val="00FE05BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -4570,70 +4815,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1517</Words>
-  <Characters>8649</Characters>
+  <Words>1527</Words>
+  <Characters>8705</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>72</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10146</CharactersWithSpaces>
+  <CharactersWithSpaces>10212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Slade Connell</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>