--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -961,53 +961,59 @@
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516533D0" w14:textId="77777777" w:rsidR="005B3805" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AF92DB8" w14:textId="77777777" w:rsidR="00BE28B1" w:rsidRPr="0093139B" w:rsidRDefault="00BE28B1" w:rsidP="00BE28B1">
-[...1 lines deleted...]
-        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+    <w:p w14:paraId="1C7E73EF" w14:textId="77777777" w:rsidR="003E165F" w:rsidRPr="000C0003" w:rsidRDefault="003E165F" w:rsidP="003E165F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, write, and comprehend the English language at a level necessary to accomplish job requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D7197B" w14:textId="77777777" w:rsidR="00BE28B1" w:rsidRDefault="00BE28B1" w:rsidP="005B4F76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3281A055" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
@@ -1458,205 +1464,203 @@
     </w:p>
     <w:p w14:paraId="1BE2B201" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B4F76">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>The classification is performed in the following working environment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D3864F" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="26257399" w14:textId="77777777" w:rsidR="003E165F" w:rsidRDefault="005B4F76" w:rsidP="003E165F">
+      <w:r w:rsidRPr="005B4F76">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidR="003E165F" w:rsidRPr="0093139B">
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D3864F" w14:textId="05D075D9" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D47C82" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DB97213" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B4F76">
         <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Physical Conditions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5A1D7E" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Office environment.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="67D47C82" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
+      </w:pPr>
+      <w:r w:rsidRPr="005B4F76">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>The job is characterized by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522A3567" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="005B4F76">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384F86F6" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B4F76">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:u w:val="single"/>
-[...14 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sedentary Work:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B4F76">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-      </w:pPr>
-[...70 lines deleted...]
-        <w:t>sitting most of the time.  Jobs are sedentary if talking and standing are required only occasionally and all other sedentary criteria are met.</w:t>
+        <w:t xml:space="preserve">  Exerting up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body.  Sedentary work involves sitting most of the time.  Jobs are sedentary if talking and standing are required only occasionally and all other sedentary criteria are met.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DF95D56" w14:textId="77777777" w:rsidR="005B4F76" w:rsidRPr="005B4F76" w:rsidRDefault="005B4F76" w:rsidP="005B4F76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B4F76">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1775,108 +1779,108 @@
       </w:pPr>
       <w:r w:rsidRPr="005B4F76">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005B3805" w:rsidRPr="005B4F76" w:rsidSect="006A207A">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E003281" w14:textId="77777777" w:rsidR="0006588A" w:rsidRDefault="0006588A">
+    <w:p w14:paraId="391A2B09" w14:textId="77777777" w:rsidR="00202DC6" w:rsidRDefault="00202DC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7DD7A1E5" w14:textId="77777777" w:rsidR="0006588A" w:rsidRDefault="0006588A">
+    <w:p w14:paraId="488EDCE7" w14:textId="77777777" w:rsidR="00202DC6" w:rsidRDefault="00202DC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="55FD1F5C" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
-  <w:p w14:paraId="6AA8FF82" w14:textId="11B5DD28" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
+  <w:p w14:paraId="6AA8FF82" w14:textId="17DDE9DF" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -1949,61 +1953,73 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00E34449">
+    <w:r w:rsidR="003E165F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="0083382F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>7/01/2025</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="003E165F">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r w:rsidR="0083382F">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6320893F" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
   <w:p w14:paraId="723E0FB9" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -2096,97 +2112,97 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63C70A31" w14:textId="77777777" w:rsidR="0006588A" w:rsidRDefault="0006588A">
+    <w:p w14:paraId="32386E92" w14:textId="77777777" w:rsidR="00202DC6" w:rsidRDefault="00202DC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="327254D8" w14:textId="77777777" w:rsidR="0006588A" w:rsidRDefault="0006588A">
+    <w:p w14:paraId="48179778" w14:textId="77777777" w:rsidR="00202DC6" w:rsidRDefault="00202DC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0A6AAA3E" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidRPr="00AB1A45">
           <w:rPr>
             <w:b/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3911CD30" w14:textId="77777777" w:rsidR="002B7ED5" w:rsidRDefault="002B7ED5" w:rsidP="002B7ED5">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
@@ -2243,52 +2259,52 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Services Representative</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C1F33A3" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="240CA765" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="147E837E" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRPr="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
@@ -3822,70 +3838,159 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EEC4F92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D144A5DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64B52D67"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="09D6B416"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65E43539"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30488D78"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3927,51 +4032,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D244A3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="787A4A28"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4043,51 +4148,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72BB4D6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2A40326"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4129,51 +4234,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C0B184B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DE42252"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4228,99 +4333,102 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1125537877">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1956983554">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="31346870">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="731468096">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1099373591">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1588880683">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1686053996">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2087142842">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="637538987">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1381902061">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="477453246">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1415542028">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="830370391">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1142888483">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="734473355">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="227233058">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1713114826">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="347223893">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1867328685">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="364672647">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2051760779">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="90511110">
+    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -4361,69 +4469,71 @@
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
     <w:rsid w:val="00000630"/>
     <w:rsid w:val="00013B81"/>
     <w:rsid w:val="000258C3"/>
     <w:rsid w:val="00043D2F"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="0006588A"/>
     <w:rsid w:val="00077BAA"/>
     <w:rsid w:val="00095FA0"/>
     <w:rsid w:val="000F3991"/>
     <w:rsid w:val="000F5BEF"/>
     <w:rsid w:val="00112B78"/>
     <w:rsid w:val="00124CA6"/>
     <w:rsid w:val="00140FB4"/>
     <w:rsid w:val="00151205"/>
     <w:rsid w:val="00151255"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="00162329"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="001E258D"/>
+    <w:rsid w:val="00202DC6"/>
     <w:rsid w:val="00241788"/>
     <w:rsid w:val="00262469"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="00287AC1"/>
     <w:rsid w:val="002B0CB7"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002B7ED5"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="002E42F7"/>
     <w:rsid w:val="003105B9"/>
     <w:rsid w:val="003269C6"/>
     <w:rsid w:val="003425E0"/>
     <w:rsid w:val="00382796"/>
     <w:rsid w:val="0038686C"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003B0E79"/>
     <w:rsid w:val="003D0010"/>
     <w:rsid w:val="003D425C"/>
+    <w:rsid w:val="003E165F"/>
     <w:rsid w:val="003E41F1"/>
     <w:rsid w:val="003F01A3"/>
     <w:rsid w:val="0040182D"/>
     <w:rsid w:val="00423ECD"/>
     <w:rsid w:val="00466491"/>
     <w:rsid w:val="00494D77"/>
     <w:rsid w:val="004A1868"/>
     <w:rsid w:val="004D60AD"/>
     <w:rsid w:val="0050622A"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="00536920"/>
     <w:rsid w:val="00561D5C"/>
     <w:rsid w:val="00582CCA"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005B3805"/>
     <w:rsid w:val="005B4F76"/>
     <w:rsid w:val="005E6C3B"/>
     <w:rsid w:val="00602575"/>
     <w:rsid w:val="006067EE"/>
     <w:rsid w:val="006432A3"/>
     <w:rsid w:val="00672436"/>
     <w:rsid w:val="006A207A"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="007245B8"/>
     <w:rsid w:val="00735690"/>
@@ -4475,50 +4585,51 @@
     <w:rsid w:val="00B03761"/>
     <w:rsid w:val="00B17361"/>
     <w:rsid w:val="00B71581"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B93D10"/>
     <w:rsid w:val="00B9411A"/>
     <w:rsid w:val="00B94646"/>
     <w:rsid w:val="00BB5233"/>
     <w:rsid w:val="00BB7EDE"/>
     <w:rsid w:val="00BE28B1"/>
     <w:rsid w:val="00BE28FF"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C05068"/>
     <w:rsid w:val="00C26D72"/>
     <w:rsid w:val="00C32DDE"/>
     <w:rsid w:val="00C551B4"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00C84127"/>
     <w:rsid w:val="00C91733"/>
     <w:rsid w:val="00D06CEF"/>
     <w:rsid w:val="00D21015"/>
     <w:rsid w:val="00D238C2"/>
     <w:rsid w:val="00D23E11"/>
+    <w:rsid w:val="00D65EC4"/>
     <w:rsid w:val="00D6771B"/>
     <w:rsid w:val="00D80AAF"/>
     <w:rsid w:val="00D844E0"/>
     <w:rsid w:val="00D97577"/>
     <w:rsid w:val="00DB2DDA"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DB77D4"/>
     <w:rsid w:val="00E034F7"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E34449"/>
     <w:rsid w:val="00E347BA"/>
     <w:rsid w:val="00E659B6"/>
     <w:rsid w:val="00EA5326"/>
     <w:rsid w:val="00EB59D4"/>
     <w:rsid w:val="00EB5EEE"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00EE20EA"/>
     <w:rsid w:val="00EE75E6"/>
     <w:rsid w:val="00F20995"/>
     <w:rsid w:val="00F2152A"/>
     <w:rsid w:val="00F2799C"/>
     <w:rsid w:val="00F35CBB"/>
     <w:rsid w:val="00F451FB"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE7DAC"/>
@@ -5633,65 +5744,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5791,122 +5887,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71F66B3E-E410-464D-9472-760719ED3127}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7551FE69-E359-4E34-82FE-F6A3ABD5A2E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E59A2A7F-C24D-4F02-A3B6-CC43E45680C1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71F66B3E-E410-464D-9472-760719ED3127}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECDDE0FF-2D3B-4EAA-A204-53710A22A143}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>899</Words>
-  <Characters>5130</Characters>
+  <Words>910</Words>
+  <Characters>5193</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
+  <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6017</CharactersWithSpaces>
+  <CharactersWithSpaces>6091</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>