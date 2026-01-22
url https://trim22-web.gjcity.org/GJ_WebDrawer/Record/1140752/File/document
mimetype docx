--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -1,53 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="572D2027" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79374A96" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -662,57 +663,51 @@
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="319E27AC" w14:textId="223DCDF6" w:rsidR="00DD0D8F" w:rsidRPr="00062E0F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Plan, direct, coordinate and review the work plan for assigned staff;</w:t>
-[...5 lines deleted...]
-        <w:t>assign work activities, projects and programs: review and evaluate work products, methods and procedures: meet with staff to identify and resolve problems</w:t>
+        <w:t>Plan, direct, coordinate and review the work plan for assigned staff; assign work activities, projects and programs: review and evaluate work products, methods and procedures: meet with staff to identify and resolve problems</w:t>
       </w:r>
       <w:r w:rsidRPr="00062E0F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B64BEAA" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02F336AF" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -1945,50 +1940,71 @@
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
       <w:r>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD8BF36" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
       <w:r>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7EFC8F" w14:textId="3E6EDB44" w:rsidR="00A0314A" w:rsidRPr="00A0314A" w:rsidRDefault="00A0314A" w:rsidP="00A0314A">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A0314A">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2E7658" w14:textId="77777777" w:rsidR="00A0314A" w:rsidRDefault="00A0314A" w:rsidP="00DD0D8F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="518" w:hanging="518"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6F2C5521" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12CABD04" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
@@ -2458,93 +2474,106 @@
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="080E43F2" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="265149AC" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
-[...12 lines deleted...]
-        <w:t>Office environment and field environment.</w:t>
+    <w:p w14:paraId="69AEFA13" w14:textId="77777777" w:rsidR="00A0314A" w:rsidRDefault="00A0314A" w:rsidP="00A0314A">
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>Office environment; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB9DE13" w14:textId="77777777" w:rsidR="00A0314A" w:rsidRPr="0064378C" w:rsidRDefault="00A0314A" w:rsidP="00A0314A"/>
+    <w:p w14:paraId="78BCA5A2" w14:textId="77777777" w:rsidR="00A0314A" w:rsidRPr="00B15FF7" w:rsidRDefault="00A0314A" w:rsidP="00A0314A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>Field environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17840C26" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FD2DE47" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
       <w:r>
-        <w:t>The following condition(s) may be present on a continuing basis:</w:t>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>condition(s)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> may be present on a continuing basis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A626C8" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6498"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD0D8F" w:rsidRPr="00007CA3" w14:paraId="6700807A" w14:textId="77777777" w:rsidTr="000C15B2">
         <w:tc>
@@ -2799,119 +2828,126 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE79EA">
         <w:t>hile performing the duties of this job, the employee is required to walk, stand, sit, kneel, squat, stoop, see, hear, speak, demonstrate manual dexterity and perform light lifting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C9C1B1" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58189AF6" w14:textId="77777777" w:rsidR="00DD0D8F" w:rsidRDefault="00DD0D8F" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FB98951" w14:textId="77777777" w:rsidR="00AF3F7D" w:rsidRDefault="00AF3F7D" w:rsidP="00DD0D8F">
       <w:pPr>
         <w:ind w:left="518" w:hanging="518"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AF3F7D" w:rsidSect="00DD0D8F">
-      <w:headerReference w:type="even" r:id="rId4"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0138650A" w14:textId="77777777" w:rsidR="00F03988" w:rsidRDefault="00F03988">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7BEC0BA1" w14:textId="77777777" w:rsidR="00F03988" w:rsidRDefault="00F03988">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="229C0B03" w14:textId="75156588" w:rsidR="00000000" w:rsidRDefault="00DD0D8F" w:rsidP="006A007F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="229C0B03" w14:textId="75156588" w:rsidR="00A8454C" w:rsidRDefault="00DD0D8F" w:rsidP="006A007F">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="42FDAC5A" wp14:editId="4767D2F9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>914400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>3175</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5943600" cy="276225"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1512086975" name="Rectangle 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -2930,51 +2966,51 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="0">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="18C9E27F" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="006A007F">
+                        <w:p w14:paraId="18C9E27F" w14:textId="78AFB2DB" w:rsidR="00A8454C" w:rsidRDefault="00000000" w:rsidP="006A007F">
                           <w:pPr>
                             <w:tabs>
                               <w:tab w:val="center" w:pos="4680"/>
                               <w:tab w:val="right" w:pos="9360"/>
                             </w:tabs>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:tab/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:snapToGrid w:val="0"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Page </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:snapToGrid w:val="0"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
@@ -2986,80 +3022,104 @@
                           <w:r>
                             <w:rPr>
                               <w:snapToGrid w:val="0"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:snapToGrid w:val="0"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:snapToGrid w:val="0"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:snapToGrid w:val="0"/>
                             </w:rPr>
                             <w:tab/>
                           </w:r>
+                          <w:r w:rsidR="00A0314A">
+                            <w:rPr>
+                              <w:snapToGrid w:val="0"/>
+                            </w:rPr>
+                            <w:t>12</w:t>
+                          </w:r>
                           <w:r>
                             <w:rPr>
                               <w:snapToGrid w:val="0"/>
                             </w:rPr>
-                            <w:t>11/12/2024</w:t>
+                            <w:t>/</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00A0314A">
+                            <w:rPr>
+                              <w:snapToGrid w:val="0"/>
+                            </w:rPr>
+                            <w:t>09</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:snapToGrid w:val="0"/>
+                            </w:rPr>
+                            <w:t>/202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00A0314A">
+                            <w:rPr>
+                              <w:snapToGrid w:val="0"/>
+                            </w:rPr>
+                            <w:t>5</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="42FDAC5A" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:.25pt;width:468pt;height:21.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJkKzY0AEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx1mwz4hRFiw4D&#10;ugvQ7QNkWbKN2aJGKrGzrx+lxOkub8NeBIoiD88hqe31PA7iYJB6cJVcr3IpjNPQ9K6t5Ncv9y/e&#10;SEFBuUYN4Ewlj4bk9e75s+3kS1NAB0NjUDCIo3LylexC8GWWke7MqGgF3jh+tICjCnzFNmtQTYw+&#10;DlmR55tsAmw8gjZE7L07PcpdwrfW6PDJWjJBDJVkbiGdmM46ntluq8oWle96faah/oHFqHrHRS9Q&#10;dyooscf+L6ix1wgENqw0jBlY22uTNLCadf6HmsdOeZO0cHPIX9pE/w9Wfzw8+s8YqZN/AP2NhIPb&#10;TrnW3CDC1BnVcLl1bFQ2eSovCfFCnCrq6QM0PFq1D5B6MFscIyCrE3Nq9fHSajMHodl59fbVy03O&#10;E9H8VrzeFMVVKqHKJdsjhXcGRhGNSiKPMqGrwwOFyEaVS0gs5uC+H4Y0zsH95uDA6EnsI+G4G1SG&#10;uZ45Opo1NEfWgXDaDt5mNjrAH1JMvBmVpO97hUaK4b3jXsQ1WgxcjHoxlNOcWskgxcm8Dad123vs&#10;246R10mGgxvul+2TlCcWZ5487aTwvJlxnX69p6in/7P7CQAA//8DAFBLAwQUAAYACAAAACEA7zQ4&#10;1NsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgNKlWbxqlQo0hwg8KF&#10;mxsvSUS8TmI3CX/P5gTHtzOanUkPs2vFiENoPGm4XykQSKW3DVUaPt6Luy2IEA1Z03pCDT8Y4JBd&#10;X6UmsX6iNxxPsRIcQiExGuoYu0TKUNboTFj5Dom1Lz84ExmHStrBTBzuWvmg1EY60xB/qE2HxxrL&#10;79PFaciHjS3C8Tkvdp9THl9e+7GXvda3N/PTHkTEOf6ZYanP1SHjTmd/IRtEy7xe85ao4RHEIqut&#10;Yj5rWO4yS+X/AdkvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMmQrNjQAQAAhwMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO80ONTbAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAAKgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="18C9E27F" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="006A007F">
+                  <w:p w14:paraId="18C9E27F" w14:textId="78AFB2DB" w:rsidR="00A8454C" w:rsidRDefault="00000000" w:rsidP="006A007F">
                     <w:pPr>
                       <w:tabs>
                         <w:tab w:val="center" w:pos="4680"/>
                         <w:tab w:val="right" w:pos="9360"/>
                       </w:tabs>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:tab/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:snapToGrid w:val="0"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Page </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:snapToGrid w:val="0"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
@@ -3071,405 +3131,524 @@
                     <w:r>
                       <w:rPr>
                         <w:snapToGrid w:val="0"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                         <w:snapToGrid w:val="0"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:snapToGrid w:val="0"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:snapToGrid w:val="0"/>
                       </w:rPr>
                       <w:tab/>
                     </w:r>
+                    <w:r w:rsidR="00A0314A">
+                      <w:rPr>
+                        <w:snapToGrid w:val="0"/>
+                      </w:rPr>
+                      <w:t>12</w:t>
+                    </w:r>
                     <w:r>
                       <w:rPr>
                         <w:snapToGrid w:val="0"/>
                       </w:rPr>
-                      <w:t>11/12/2024</w:t>
+                      <w:t>/</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00A0314A">
+                      <w:rPr>
+                        <w:snapToGrid w:val="0"/>
+                      </w:rPr>
+                      <w:t>09</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:snapToGrid w:val="0"/>
+                      </w:rPr>
+                      <w:t>/202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00A0314A">
+                      <w:rPr>
+                        <w:snapToGrid w:val="0"/>
+                      </w:rPr>
+                      <w:t>5</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="5E06AF58" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E06AF58" w14:textId="77777777" w:rsidR="00A8454C" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>/3</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="41819AEF" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000"/>
+  <w:p w14:paraId="41819AEF" w14:textId="77777777" w:rsidR="00A8454C" w:rsidRDefault="00A8454C"/>
 </w:ftr>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</w:hdr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5FCBB188" w14:textId="77777777" w:rsidR="00F03988" w:rsidRDefault="00F03988">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1168124E" w14:textId="77777777" w:rsidR="00F03988" w:rsidRDefault="00F03988">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="02418125" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="006A007F">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="02418125" w14:textId="77777777" w:rsidR="00A8454C" w:rsidRDefault="00000000" w:rsidP="006A007F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="260424E9" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="006A007F">
+  <w:p w14:paraId="260424E9" w14:textId="77777777" w:rsidR="00A8454C" w:rsidRDefault="00A8454C" w:rsidP="006A007F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="0808C888" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="006A007F">
+  <w:p w14:paraId="0808C888" w14:textId="77777777" w:rsidR="00A8454C" w:rsidRDefault="00000000" w:rsidP="006A007F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Senior </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PRIVATE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
-      </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>R</w:t>
-[...8 lines deleted...]
-      <w:t>ight-Of-Way Agent</w:t>
+      <w:t>Right-Of-Way Agent</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5401B144" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="00AE3545" w:rsidRDefault="00000000" w:rsidP="00AE3545">
+  <w:p w14:paraId="5401B144" w14:textId="77777777" w:rsidR="00A8454C" w:rsidRPr="00AE3545" w:rsidRDefault="00A8454C" w:rsidP="00AE3545">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="7D4FC25F" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00DE624E">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7D4FC25F" w14:textId="77777777" w:rsidR="00A8454C" w:rsidRDefault="00000000" w:rsidP="00DE624E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk95369389"/>
     <w:bookmarkStart w:id="1" w:name="_Hlk95369390"/>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="77E0B6DC" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00DE624E">
+  <w:p w14:paraId="77E0B6DC" w14:textId="77777777" w:rsidR="00A8454C" w:rsidRDefault="00A8454C" w:rsidP="00DE624E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="02D41BF9" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00DE624E">
+  <w:p w14:paraId="02D41BF9" w14:textId="77777777" w:rsidR="00A8454C" w:rsidRDefault="00000000" w:rsidP="00DE624E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PRIVATE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
-      </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Real Estate Manager</w:t>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EEC4F92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D144A5DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="90511110">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD0D8F"/>
     <w:rsid w:val="00561075"/>
+    <w:rsid w:val="00A0314A"/>
+    <w:rsid w:val="00A8454C"/>
     <w:rsid w:val="00A91419"/>
     <w:rsid w:val="00AF3F7D"/>
     <w:rsid w:val="00D66393"/>
     <w:rsid w:val="00D8221E"/>
     <w:rsid w:val="00DD0D8F"/>
+    <w:rsid w:val="00F03988"/>
+    <w:rsid w:val="00F5051E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2EE9347E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FA51F909-331B-40E9-9BC8-788E478028CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4508,58 +4687,58 @@
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DD0D8F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="-2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4818,69 +4997,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1346</Words>
-  <Characters>7673</Characters>
+  <Words>1360</Words>
+  <Characters>7754</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
+  <Lines>64</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9001</CharactersWithSpaces>
+  <CharactersWithSpaces>9096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Brandon Kerth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>