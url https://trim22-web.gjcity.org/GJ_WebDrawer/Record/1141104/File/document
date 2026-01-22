--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5ECBF86D" w14:textId="043C285C" w:rsidR="002B20F8" w:rsidRPr="0066681D" w:rsidRDefault="002B20F8" w:rsidP="006E6A22">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066681D">
         <w:rPr>
           <w:b/>
           <w:smallCaps/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="0066681D">
@@ -110,4175 +110,3014 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="520668EE" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="004C7A58" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AF44B8D" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00DC077E" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="5AF44B8D" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Class specifications are intended to provide a general overview of the range of duties performed by employees within this classification. Specifications do not include all duties performed within the job.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="690338F0" w14:textId="77777777" w:rsidR="00CE1DFC" w:rsidRDefault="00CE1DFC" w:rsidP="004C7A58">
+    <w:p w14:paraId="690338F0" w14:textId="77777777" w:rsidR="00CE1DFC" w:rsidRPr="00244629" w:rsidRDefault="00CE1DFC" w:rsidP="004C7A58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...19 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BAC2B6D" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC077E">
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEFINITION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570ABF13" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="004C7A58" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
-[...35 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="570ABF13" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49AED657" w14:textId="4FC5EA6C" w:rsidR="00F47255" w:rsidRPr="00244629" w:rsidRDefault="00F47255" w:rsidP="00F47255">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Develop, implement, and oversee the City’s housing programs; serve as  the primary point of contact for various housing programs; organize, expand, and implement housing and housing-related program activities to achieve the City’s strategic objectives and priorities</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...83 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00461B13">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>compile, monitor and analyze program data and statistical information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...38 lines deleted...]
-        <w:t xml:space="preserve">the </w:t>
+        </w:rPr>
+        <w:t>; assist</w:t>
+      </w:r>
+      <w:r w:rsidR="00461B13">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...312 lines deleted...]
-    <w:p w14:paraId="620093B1" w14:textId="0F679DE7" w:rsidR="00320F42" w:rsidRPr="00DC077E" w:rsidRDefault="00320F42" w:rsidP="004C7A58">
+        </w:rPr>
+        <w:t xml:space="preserve"> the administration of CDBG (Community Development Block Grant) program and HUD (US Department of Housing and Urban Development) funded projects; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>perform other duties as assigned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5361A843" w14:textId="77777777" w:rsidR="00F47255" w:rsidRDefault="00F47255" w:rsidP="00F47255"/>
+    <w:p w14:paraId="620093B1" w14:textId="0F679DE7" w:rsidR="00320F42" w:rsidRPr="00244629" w:rsidRDefault="00320F42" w:rsidP="004C7A58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC077E">
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>JOB CLASSIFICATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB996F5" w14:textId="77777777" w:rsidR="00320F42" w:rsidRDefault="00320F42" w:rsidP="004C7A58">
+    <w:p w14:paraId="3AB996F5" w14:textId="77777777" w:rsidR="00320F42" w:rsidRPr="00244629" w:rsidRDefault="00320F42" w:rsidP="004C7A58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...27 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8F34B4" w14:textId="4360204A" w:rsidR="00320F42" w:rsidRPr="00244629" w:rsidRDefault="00320F42" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Exempt, Non-Safety Sensitive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA315A9" w14:textId="77777777" w:rsidR="00320F42" w:rsidRDefault="00320F42" w:rsidP="004C7A58">
+    <w:p w14:paraId="0DA315A9" w14:textId="77777777" w:rsidR="00320F42" w:rsidRPr="00244629" w:rsidRDefault="00320F42" w:rsidP="004C7A58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...19 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CDE8A39" w14:textId="7C40EE3D" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC077E">
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SUPERVISION RECEIVED AND EXERCISED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4069717E" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="004C7A58" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
-[...41 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4069717E" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2833BEE0" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Reports to the Housing Supervisor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642E5184" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="004C7A58" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
-[...33 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="642E5184" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FFA335B" w14:textId="53D01628" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC077E">
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>PRIMARY DUTIES AND RESPONSIBILITIES</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC077E">
+        <w:t>PRIMARY DUTIES</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC077E" w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC077E" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>The following are examples of primary duties assigned to positions in this classification. Other related duties and responsibilities may be assigned</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC077E" w:rsidRPr="00244629">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C91144F" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A24547" w14:textId="6106737C" w:rsidR="004C7A58" w:rsidRPr="00006B48" w:rsidRDefault="00797807" w:rsidP="00006B48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Develop</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, implement, and monitor housing programs aligned with the City’s housing strategies</w:t>
+      </w:r>
+      <w:r w:rsidR="0096729C" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5458" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> track and evaluate</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33FC6" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC077E">
+      <w:r w:rsidR="00F907B6" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">program outcomes </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30D27" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and support the ongoing compliance and tracking of affordable housing production</w:t>
+      </w:r>
+      <w:r w:rsidR="00F907B6" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11689482" w14:textId="77777777" w:rsidR="00930ECC" w:rsidRDefault="00930ECC" w:rsidP="00006B48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6265B725" w14:textId="2B63094D" w:rsidR="004C7A58" w:rsidRPr="00006B48" w:rsidRDefault="004C7A58" w:rsidP="00006B48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Collaborate with City departments, non-profits, landlords, tenants, developers, and other stakeholders to build partnerships and coordinate housing </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5458" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">programs and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C488FD2" w14:textId="77777777" w:rsidR="00930ECC" w:rsidRDefault="00930ECC" w:rsidP="00006B48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1198FADA" w14:textId="74160847" w:rsidR="004C7A58" w:rsidRPr="00006B48" w:rsidRDefault="004C7A58" w:rsidP="00006B48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Oversee application processing, income verification, and eligibility assessments for housing programs</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5BC7" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E77A7" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maintain records </w:t>
+      </w:r>
+      <w:r w:rsidR="004B14C2" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and ensure compliance with funding requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70739340" w14:textId="77777777" w:rsidR="00930ECC" w:rsidRDefault="00930ECC" w:rsidP="00006B48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576EC509" w14:textId="56C220DD" w:rsidR="004C7A58" w:rsidRPr="00006B48" w:rsidRDefault="00B33FC6" w:rsidP="00006B48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Develop and implement public outreach initiatives, including meetings, forums, stakeholder engagements, and presentations;</w:t>
+      </w:r>
+      <w:r w:rsidR="00461B13" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>plan and facilit</w:t>
+      </w:r>
+      <w:r w:rsidR="00461B13" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> educational workshops for participants on topics such as tenant rights, financial literacy, homeownership and accessory dwelling units. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D706DF5" w14:textId="77777777" w:rsidR="00B33FC6" w:rsidRPr="00244629" w:rsidRDefault="00B33FC6" w:rsidP="00006B48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="-270"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F89C5E8" w14:textId="0949433F" w:rsidR="004C7A58" w:rsidRPr="00006B48" w:rsidRDefault="00DC077E" w:rsidP="00006B48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Compile, monitor</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7301E" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, and analyze</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> program data and statistical information for </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7301E" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reporting </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7301E" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E7301E" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>decision</w:t>
+      </w:r>
+      <w:r w:rsidR="00401986" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>-making;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00401986" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">track funding awards and outcomes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CB1630" w14:textId="5ED80FDA" w:rsidR="00B35AC9" w:rsidRPr="00244629" w:rsidRDefault="00B35AC9" w:rsidP="00006B48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="-270"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53FE8816" w14:textId="62C71379" w:rsidR="005D3243" w:rsidRPr="00006B48" w:rsidRDefault="00B33FC6" w:rsidP="00006B48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Assist with administration of CDBG programs and HUD</w:t>
+      </w:r>
+      <w:r w:rsidR="00461B13" w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>funded projects, including requests for proposals, contract negotiations, environmental reviews, inspections, and contractor certifications; ensure compliance with federal regulations, state and City policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A9135D" w14:textId="6FA902C4" w:rsidR="00B33FC6" w:rsidRDefault="00B33FC6" w:rsidP="00006B48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="-270"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4491B511" w14:textId="4F89532F" w:rsidR="00B33FC6" w:rsidRPr="00006B48" w:rsidRDefault="00B33FC6" w:rsidP="00006B48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Support the development of grant applications and reporting, including housing reports; compile and track program data to evaluate outcomes and monitor efficacy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A58AEF0" w14:textId="77777777" w:rsidR="00B33FC6" w:rsidRPr="00244629" w:rsidRDefault="00B33FC6" w:rsidP="00006B48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="-270"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66B7A1E9" w14:textId="5990934C" w:rsidR="005D3243" w:rsidRPr="00006B48" w:rsidRDefault="005D3243" w:rsidP="00006B48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00006B48">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Perform other duties of a similar nature or level.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCB5365" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="00930ECC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4B04CF" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36D941C4" w14:textId="77777777" w:rsidR="00B33FC6" w:rsidRDefault="00B33FC6" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="302BDFA3" w14:textId="77777777" w:rsidR="00B33FC6" w:rsidRDefault="00B33FC6" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1505661C" w14:textId="77777777" w:rsidR="00B33FC6" w:rsidRPr="00244629" w:rsidRDefault="00B33FC6" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C776EAC" w14:textId="77777777" w:rsidR="00B33FC6" w:rsidRDefault="00B33FC6" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1437 lines deleted...]
-    <w:p w14:paraId="0846BA20" w14:textId="3F20A015" w:rsidR="004C7A58" w:rsidRPr="0096729C" w:rsidRDefault="0096729C" w:rsidP="004C7A58">
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE3A9C0" w14:textId="77777777" w:rsidR="00006B48" w:rsidRDefault="00006B48" w:rsidP="004C7A58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0846BA20" w14:textId="75B9A45E" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="0096729C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...43 lines deleted...]
-      <w:r w:rsidRPr="00DC077E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F558E5" w14:textId="77777777" w:rsidR="0096729C" w:rsidRPr="00244629" w:rsidRDefault="0096729C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C5F1B71" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Knowledge of:</w:t>
-[...554 lines deleted...]
-      <w:r w:rsidRPr="00DC077E">
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Ability to:</w:t>
-[...54 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>Knowledge of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07AC9246" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02744134" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Recent developments, resources, and literature related to housing, municipal planning, and administration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F61D17" w14:textId="07BC4925" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local housing service </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC077E" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>providers, support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services</w:t>
+      </w:r>
+      <w:r w:rsidR="00153C45" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, and affordable housing tools</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC6D3D9" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Principles of grant funding, project management, and contract administration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32BA0A2B" w14:textId="701811FA" w:rsidR="00054F29" w:rsidRPr="00244629" w:rsidRDefault="00054F29" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Financing and grant tools</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4621" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> related to housing and community development</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2624E166" w14:textId="08D2C266" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="00054F29" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Housing </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and community development plans</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4621" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C7A58">
-[...22 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priorities</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4621" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and urban </w:t>
+      </w:r>
+      <w:r w:rsidR="00B03EAC" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>planning principles</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7427B2E8" w14:textId="19B72DBF" w:rsidR="0083048B" w:rsidRDefault="008A60A2" w:rsidP="002C681A">
-[...202 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6FE7CE5C" w14:textId="3F61DA83" w:rsidR="00054F29" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B33FC6">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CDBG regulations, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>HUD’s Integrated Disbursement and Information System (IDIS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03EAC" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, and related software tools.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE48421" w14:textId="62B9EAEA" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="00054F29" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Pertinent F</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ederal, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>tate, and local codes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, regulations</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2D55" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, and HUD requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF47BC0" w14:textId="52DF509F" w:rsidR="00354FD5" w:rsidRDefault="00054F29" w:rsidP="00354FD5">
-[...125 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="6E9D339F" w14:textId="45BE6FB2" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Techniques for community engagement</w:t>
+      </w:r>
+      <w:r w:rsidR="00735EF4" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, stakeholder </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC077E" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>coordination, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> technical report preparation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764BE9B0" w14:textId="20749006" w:rsidR="00735EF4" w:rsidRPr="00244629" w:rsidRDefault="00735EF4" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Federal and state housing regulations and compliance standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD25F50" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="649F3FF9" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DC077E">
+        <w:t>Ability to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C663156" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="077F9014" w14:textId="75BE1EF9" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Manage sensitive situations with diplomacy</w:t>
+      </w:r>
+      <w:r w:rsidR="008A60A2" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sound judgment</w:t>
+      </w:r>
+      <w:r w:rsidR="008A60A2" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, and professionalism</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7427B2E8" w14:textId="19B72DBF" w:rsidR="0083048B" w:rsidRPr="00244629" w:rsidRDefault="008A60A2" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Analyze complex problems, identify solutions, and facilitate decision-making </w:t>
+      </w:r>
+      <w:r w:rsidR="00085C91" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">processes </w:t>
+      </w:r>
+      <w:r w:rsidR="0083048B" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">effectively.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285ED416" w14:textId="2362B275" w:rsidR="0083048B" w:rsidRPr="00244629" w:rsidRDefault="0083048B" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Conduct research, analyze data, and produce accurate and comprehensive reports.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629" w:rsidDel="0083048B">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3067B551" w14:textId="00BFA941" w:rsidR="00193524" w:rsidRPr="00244629" w:rsidRDefault="00193524" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Develop and implement strategic plans and program objectives to achieve organizational goals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3B17D9" w14:textId="58CFFE8D" w:rsidR="006110C1" w:rsidRPr="00244629" w:rsidRDefault="006110C1" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Interpret and apply complex housing and grant-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80411" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>related regulations, policies, and procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E08085" w14:textId="0AD4F43D" w:rsidR="004C7A58" w:rsidRDefault="00ED7A95" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communicate and engage </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6D49" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>effectively with culturally diverse audiences</w:t>
+      </w:r>
+      <w:r w:rsidR="0046031C" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, both verbally and in writing</w:t>
+      </w:r>
+      <w:r w:rsidR="00054F29" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FEDE6C5" w14:textId="34172096" w:rsidR="001764FE" w:rsidRPr="00244629" w:rsidRDefault="001764FE" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001764FE">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF47BC0" w14:textId="52DF509F" w:rsidR="00354FD5" w:rsidRPr="00244629" w:rsidRDefault="00054F29" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2441B0B5" w14:textId="7ADEA2BB" w:rsidR="00354FD5" w:rsidRPr="00244629" w:rsidRDefault="00354FD5" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Plan, orga</w:t>
+      </w:r>
+      <w:r w:rsidR="00A034CD" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nize, and oversee multiple projects and programs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785BD633" w14:textId="18F181FB" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="00054F29" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operate and use modern office equipment including </w:t>
+      </w:r>
+      <w:r w:rsidR="00797807" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>computers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and various software applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C328F8" w14:textId="77777777" w:rsidR="00DC077E" w:rsidRPr="00244629" w:rsidRDefault="00DC077E" w:rsidP="00DC077E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763559BC" w14:textId="152321D5" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="00461B13" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>EXPERIENCE AND TRAINING GUIDELINES</w:t>
-[...18 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00DC077E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Training</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>Experience and Training Guidelines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77C08132" w14:textId="77777777" w:rsidR="00FD0F72" w:rsidRPr="00244629" w:rsidRDefault="00FD0F72" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Minimum Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F295DC4" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0701F474" w14:textId="77777777" w:rsidR="00FD0F72" w:rsidRDefault="004C7A58" w:rsidP="00325F88">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00DC077E">
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Experience</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC077E">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="710BC767" w14:textId="50C5E590" w:rsidR="004C7A58" w:rsidRPr="004C7A58" w:rsidRDefault="00FD0F72" w:rsidP="004C7A58">
-[...22 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5C6E0854" w14:textId="77777777" w:rsidR="00461B13" w:rsidRPr="00244629" w:rsidRDefault="00461B13" w:rsidP="00325F88">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="710BC767" w14:textId="53D62BB9" w:rsidR="004C7A58" w:rsidRDefault="00FD0F72" w:rsidP="00325F88">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="004C7A58" w:rsidRPr="004C7A58">
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>hree</w:t>
+      </w:r>
+      <w:r w:rsidR="00461B13">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5BD0" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>years</w:t>
       </w:r>
-      <w:r w:rsidR="004C7A58" w:rsidRPr="004C7A58">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004C7A58" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> of professional experience in housing program administration, non-profit management, municipal government, or business assistance, with experience in program implementation, communications, and public engagement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BED9C46" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="004C7A58" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
-[...28 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="07DD617F" w14:textId="77777777" w:rsidR="00461B13" w:rsidRDefault="00461B13" w:rsidP="00325F88">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D32B274" w14:textId="77777777" w:rsidR="00461B13" w:rsidRDefault="00461B13" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00FD0F72">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDD4779" w14:textId="77777777" w:rsidR="00461B13" w:rsidRPr="00244629" w:rsidRDefault="00461B13" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CF4FC3C" w14:textId="77777777" w:rsidR="00461B13" w:rsidRPr="00244629" w:rsidRDefault="00461B13" w:rsidP="00461B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Bachelor’s degree in sociology, social work, public administration, planning, or a related field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="795EDE9A" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="00723E1C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7884B0CF" w14:textId="3463F29A" w:rsidR="004C7A58" w:rsidRDefault="00FD0F72" w:rsidP="00723E1C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Other combinations of experience and education that meet the minimum requirements may be substituted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0096729C">
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301F63D5" w14:textId="77777777" w:rsidR="00797807" w:rsidRPr="00244629" w:rsidRDefault="00797807" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...258 lines deleted...]
-      <w:r w:rsidRPr="0090369E">
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BF93BD8" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="00723E1C">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Physical Conditions</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0090369E">
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>License or Certificate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D9E687" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="00723E1C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F4DEFE6" w14:textId="5F1AEBEE" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="00723E1C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:t>Possession of, or ability to obtain, a valid Colorado driver’s license</w:t>
+      </w:r>
+      <w:r w:rsidR="0096729C" w:rsidRPr="00244629">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63800211" w14:textId="77777777" w:rsidR="00CE5BD0" w:rsidRPr="00244629" w:rsidRDefault="00CE5BD0" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54711EED" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C5336AD" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E84DAE" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="290A887F" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27475F99" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFB2119" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="165A728D" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F16D3AD" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E501131" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="151AFA12" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6749F582" w14:textId="50B04384" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>WORKING CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5C63C8" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="426CA42E" w14:textId="77777777" w:rsidR="00FD0F72" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Environmental</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0F72" w:rsidRPr="00244629">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD1CB67" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="00723E1C" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B428B82" w14:textId="46F83338" w:rsidR="001764FE" w:rsidRDefault="00FD0F72" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The classification is performed in the following working environment: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4249DF51" w14:textId="77777777" w:rsidR="001764FE" w:rsidRDefault="001764FE" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CE35F36" w14:textId="635F3C0F" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="001764FE" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001764FE">
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C8870B" w14:textId="77777777" w:rsidR="004C7A58" w:rsidRPr="00244629" w:rsidRDefault="004C7A58" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D8B76C1" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="004C7A58">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23B4E499" w14:textId="1B42A6F6" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="008C2043">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Physical Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB278CD" w14:textId="77777777" w:rsidR="008C2043" w:rsidRDefault="008C2043" w:rsidP="008C2043">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6DB278CD" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="008C2043">
+      <w:r w:rsidRPr="00244629">
         <w:t>The job is characterized by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A32ABAD" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="008C2043" w:rsidRDefault="008C2043" w:rsidP="008C2043">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="008C2043">
+    <w:p w14:paraId="3A32ABAD" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="008C2043"/>
+    <w:p w14:paraId="72D14BA7" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="008C2043">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sedentary Work:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2043">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Exerting up to 10 pounds of force occasionally and/or a negligible amount of force frequently or constantly to lift, carry, push, pull or otherwise move objects, including the human body. Sedentary work involves sitting most of the time. Jobs are sedentary if walking and standing are required only occasionally, and all other sedentary criteria are met.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A43701D" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="008C2043" w:rsidRDefault="008C2043" w:rsidP="008C2043">
-[...38 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6A43701D" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="008C2043">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6250372F" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="008C2043">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>The following physical activities are very or extremely important in accomplishing the job's purpose and are performed daily:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A040508" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="008C2043" w:rsidRDefault="008C2043" w:rsidP="008C2043">
-[...38 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4A040508" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="008C2043">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A61E71B" w14:textId="77777777" w:rsidR="008C2043" w:rsidRPr="00244629" w:rsidRDefault="008C2043" w:rsidP="008C2043">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244629">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>While performing the duties of this job, the employee is required to sit for prolonged periods. The employee is regularly required to see, hear, talk, stand, twist and use repetitive motions in the conduct of work. The employee is required to work a variety of hours including evenings and weekends. The employee is also required to perform light lifting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E89DFB" w14:textId="1AA04A9D" w:rsidR="00BF397F" w:rsidRPr="004C7A58" w:rsidRDefault="00BF397F" w:rsidP="008C2043">
+    <w:p w14:paraId="07E89DFB" w14:textId="1AA04A9D" w:rsidR="00BF397F" w:rsidRPr="00244629" w:rsidRDefault="00BF397F" w:rsidP="008C2043">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00BF397F" w:rsidRPr="004C7A58" w:rsidSect="0066681D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BF397F" w:rsidRPr="00244629" w:rsidSect="007172F5">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="597CB77B" w14:textId="77777777" w:rsidR="00001DAB" w:rsidRDefault="00001DAB">
+    <w:p w14:paraId="36170ADA" w14:textId="77777777" w:rsidR="00A97EDD" w:rsidRDefault="00A97EDD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C2E7B14" w14:textId="77777777" w:rsidR="00001DAB" w:rsidRDefault="00001DAB">
+    <w:p w14:paraId="29C0791F" w14:textId="77777777" w:rsidR="00A97EDD" w:rsidRDefault="00A97EDD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -4293,814 +3132,385 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...254 lines deleted...]
-  </w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-26422343"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-318048509"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="52008F11" w14:textId="727A2347" w:rsidR="007172F5" w:rsidRPr="007172F5" w:rsidRDefault="007172F5" w:rsidP="007172F5">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                                                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:fldSimple w:instr=" NUMPAGES  ">
+              <w:r w:rsidRPr="007172F5">
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+                <w:t>2</w:t>
+              </w:r>
+            </w:fldSimple>
+            <w:r w:rsidRPr="007172F5">
+              <w:t xml:space="preserve">                                                    </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005600FA">
+              <w:t>2/15/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
   <w:p w14:paraId="199B7560" w14:textId="77777777" w:rsidR="00FB3322" w:rsidRDefault="00FB3322"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...302 lines deleted...]
-  </w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1507709826"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1705238520"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="435C3F39" w14:textId="064AA53D" w:rsidR="007172F5" w:rsidRPr="007172F5" w:rsidRDefault="007172F5" w:rsidP="007172F5">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:ind w:firstLine="3600"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007172F5">
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="007172F5">
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:fldSimple w:instr=" NUMPAGES  ">
+              <w:r w:rsidRPr="007172F5">
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+                <w:t>2</w:t>
+              </w:r>
+            </w:fldSimple>
+            <w:r w:rsidRPr="007172F5">
+              <w:t xml:space="preserve">                                                  12/10/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="5DF73D0B" w14:textId="4D7E63A6" w:rsidR="00FB3322" w:rsidRDefault="00FB3322"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FCD924B" w14:textId="77777777" w:rsidR="00001DAB" w:rsidRDefault="00001DAB">
+    <w:p w14:paraId="43974A2B" w14:textId="77777777" w:rsidR="00A97EDD" w:rsidRDefault="00A97EDD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72AB2C4E" w14:textId="77777777" w:rsidR="00001DAB" w:rsidRDefault="00001DAB">
+    <w:p w14:paraId="47745C20" w14:textId="77777777" w:rsidR="00A97EDD" w:rsidRDefault="00A97EDD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="18D1B94A" w14:textId="77777777" w:rsidR="00FB3322" w:rsidRDefault="00FB3322" w:rsidP="00647436">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="18D1B94A" w14:textId="6513C815" w:rsidR="00FB3322" w:rsidRDefault="00FB3322" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>city of grand junction</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="40BE0E6B" w14:textId="77777777" w:rsidR="00E50703" w:rsidRDefault="00E50703" w:rsidP="00E50703">
+  <w:p w14:paraId="40BE0E6B" w14:textId="537E66F6" w:rsidR="00E50703" w:rsidRDefault="00E50703" w:rsidP="00E50703">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>CDBG &amp; Housing Program Administrator</w:t>
+      <w:t>Housing Program</w:t>
+    </w:r>
+    <w:r w:rsidR="00036083">
+      <w:rPr>
+        <w:b/>
+        <w:smallCaps/>
+        <w:spacing w:val="-3"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>s</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:smallCaps/>
+        <w:spacing w:val="-3"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00036083">
+      <w:rPr>
+        <w:b/>
+        <w:smallCaps/>
+        <w:spacing w:val="-3"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>Specialist</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="563C0419" w14:textId="77777777" w:rsidR="00FB3322" w:rsidRPr="00647436" w:rsidRDefault="00FB3322" w:rsidP="00E50703">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="24A24980" w14:textId="77777777" w:rsidR="00FB3322" w:rsidRDefault="00FB3322" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>city of grand junction</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="00EA6ABA" w14:textId="77777777" w:rsidR="00FB3322" w:rsidRDefault="00FB3322" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3C0D1007" w14:textId="27D75A8F" w:rsidR="00FB3322" w:rsidRDefault="004A298B" w:rsidP="00647436">
+  <w:p w14:paraId="3C0D1007" w14:textId="4355B157" w:rsidR="00FB3322" w:rsidRDefault="004A298B" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Housing </w:t>
     </w:r>
-    <w:r w:rsidR="00B030FD">
+    <w:r w:rsidR="00DC077E">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">and </w:t>
-[...7 lines deleted...]
-      </w:rPr>
       <w:t xml:space="preserve">Programs </w:t>
-    </w:r>
-[...34 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="0096729C">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-3"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Specialist</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="76E1C0E0" w14:textId="77777777" w:rsidR="0096729C" w:rsidRDefault="0096729C" w:rsidP="00647436">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B461D3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A2C4862"/>
     <w:lvl w:ilvl="0" w:tplc="992835BE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5541,50 +3951,222 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29462866"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21CAADF6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C2D6EFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="52085CDA"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39924BDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E45C52CC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5653,51 +4235,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E0C06D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B38889C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5742,51 +4324,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4332089C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91C6C8DC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5832,51 +4414,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B4D0180"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4823726"/>
     <w:lvl w:ilvl="0" w:tplc="443E7CEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5944,51 +4526,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="515A228E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AEBE4BE6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6093,51 +4675,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53B172E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99FA9F10"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6206,51 +4788,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F1B482C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CB0E70E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6295,51 +4877,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A743F95"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10A272F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6444,51 +5026,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B6132C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B212CED8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6530,51 +5112,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="752C6F4C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2C24CDAA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6679,51 +5261,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CC7447A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91C6C8DC"/>
     <w:lvl w:ilvl="0" w:tplc="B53A00D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6770,376 +5352,406 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="439103848">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="557664112">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="557664112">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="3" w16cid:durableId="1306158023">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="367147967">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1115977443">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="558982150">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="33508383">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="49498345">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="33508383">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="9" w16cid:durableId="1298728858">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1039865740">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="248194948">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="969474741">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="68886154">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1498574919">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="828405387">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="558057951">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="368192455">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D02FCB"/>
     <w:rsid w:val="00001DAB"/>
+    <w:rsid w:val="00006B48"/>
     <w:rsid w:val="00016D3A"/>
+    <w:rsid w:val="00036083"/>
     <w:rsid w:val="00037FBE"/>
     <w:rsid w:val="00044081"/>
     <w:rsid w:val="00045D3F"/>
     <w:rsid w:val="00054F29"/>
     <w:rsid w:val="00085C91"/>
     <w:rsid w:val="000941F6"/>
     <w:rsid w:val="000B6F87"/>
     <w:rsid w:val="000D6CF2"/>
     <w:rsid w:val="000D7735"/>
     <w:rsid w:val="000E2D55"/>
     <w:rsid w:val="000E33D4"/>
     <w:rsid w:val="000E77A7"/>
     <w:rsid w:val="001014D5"/>
     <w:rsid w:val="001455FE"/>
     <w:rsid w:val="00151EFC"/>
     <w:rsid w:val="001535CE"/>
     <w:rsid w:val="00153C45"/>
     <w:rsid w:val="001658D4"/>
+    <w:rsid w:val="001764FE"/>
     <w:rsid w:val="00184D70"/>
     <w:rsid w:val="00193524"/>
     <w:rsid w:val="001E63A0"/>
     <w:rsid w:val="00202648"/>
     <w:rsid w:val="002135ED"/>
     <w:rsid w:val="002205D5"/>
     <w:rsid w:val="00220B16"/>
     <w:rsid w:val="0023047E"/>
     <w:rsid w:val="00231272"/>
     <w:rsid w:val="002321AE"/>
     <w:rsid w:val="00236F63"/>
+    <w:rsid w:val="00244629"/>
     <w:rsid w:val="00283618"/>
     <w:rsid w:val="002872BF"/>
     <w:rsid w:val="002A1350"/>
     <w:rsid w:val="002A5DCF"/>
     <w:rsid w:val="002B20F8"/>
     <w:rsid w:val="002C5338"/>
     <w:rsid w:val="002C681A"/>
     <w:rsid w:val="002D3B52"/>
     <w:rsid w:val="002F3E5B"/>
     <w:rsid w:val="00320F42"/>
     <w:rsid w:val="003224C3"/>
+    <w:rsid w:val="00325F88"/>
     <w:rsid w:val="00352CD3"/>
     <w:rsid w:val="00354FD5"/>
     <w:rsid w:val="00362082"/>
     <w:rsid w:val="00372288"/>
     <w:rsid w:val="003C0EEB"/>
     <w:rsid w:val="003C2031"/>
     <w:rsid w:val="00401986"/>
     <w:rsid w:val="0040637F"/>
+    <w:rsid w:val="00433707"/>
     <w:rsid w:val="00444434"/>
     <w:rsid w:val="0046031C"/>
+    <w:rsid w:val="00461B13"/>
     <w:rsid w:val="004767AA"/>
     <w:rsid w:val="00494165"/>
     <w:rsid w:val="00497710"/>
     <w:rsid w:val="004A298B"/>
     <w:rsid w:val="004B14C2"/>
     <w:rsid w:val="004B5E8F"/>
     <w:rsid w:val="004C7A58"/>
     <w:rsid w:val="004D758D"/>
     <w:rsid w:val="004E1E38"/>
     <w:rsid w:val="005358A6"/>
+    <w:rsid w:val="005600FA"/>
     <w:rsid w:val="00561B44"/>
     <w:rsid w:val="00584F7E"/>
     <w:rsid w:val="00590ED3"/>
     <w:rsid w:val="00596606"/>
     <w:rsid w:val="00596618"/>
     <w:rsid w:val="005D3243"/>
     <w:rsid w:val="005E2F9E"/>
     <w:rsid w:val="005F26A5"/>
     <w:rsid w:val="005F3B41"/>
     <w:rsid w:val="006110C1"/>
     <w:rsid w:val="0061769A"/>
     <w:rsid w:val="00620F10"/>
+    <w:rsid w:val="006375FA"/>
     <w:rsid w:val="00647436"/>
     <w:rsid w:val="00655F94"/>
     <w:rsid w:val="00657D0A"/>
     <w:rsid w:val="00660D54"/>
     <w:rsid w:val="0066681D"/>
     <w:rsid w:val="00694115"/>
     <w:rsid w:val="006A64CD"/>
     <w:rsid w:val="006B16E2"/>
+    <w:rsid w:val="006D0DCD"/>
     <w:rsid w:val="006E6A22"/>
+    <w:rsid w:val="007172F5"/>
+    <w:rsid w:val="00723E1C"/>
     <w:rsid w:val="007316DC"/>
     <w:rsid w:val="00735EF4"/>
     <w:rsid w:val="00760F78"/>
     <w:rsid w:val="00776ED6"/>
     <w:rsid w:val="00786FC1"/>
+    <w:rsid w:val="00797807"/>
     <w:rsid w:val="007D37F8"/>
     <w:rsid w:val="007D4CD5"/>
     <w:rsid w:val="007F649A"/>
     <w:rsid w:val="008075D2"/>
     <w:rsid w:val="00821669"/>
     <w:rsid w:val="0083048B"/>
     <w:rsid w:val="008368AE"/>
     <w:rsid w:val="00854CE8"/>
     <w:rsid w:val="00866A80"/>
     <w:rsid w:val="008A60A2"/>
     <w:rsid w:val="008B52BA"/>
     <w:rsid w:val="008B5BC7"/>
     <w:rsid w:val="008C2043"/>
     <w:rsid w:val="008D32EF"/>
     <w:rsid w:val="008D4743"/>
     <w:rsid w:val="008D59E6"/>
     <w:rsid w:val="008F72AD"/>
     <w:rsid w:val="0090557F"/>
     <w:rsid w:val="00922152"/>
+    <w:rsid w:val="00930ECC"/>
     <w:rsid w:val="00945C8D"/>
     <w:rsid w:val="00945CAE"/>
     <w:rsid w:val="00947CF7"/>
     <w:rsid w:val="0095098E"/>
     <w:rsid w:val="00955880"/>
     <w:rsid w:val="0096729C"/>
     <w:rsid w:val="00981765"/>
     <w:rsid w:val="00991236"/>
     <w:rsid w:val="0099693E"/>
     <w:rsid w:val="009A3117"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009F0180"/>
     <w:rsid w:val="009F055E"/>
     <w:rsid w:val="00A034CD"/>
     <w:rsid w:val="00A06C66"/>
     <w:rsid w:val="00A0732D"/>
     <w:rsid w:val="00A13D4C"/>
     <w:rsid w:val="00A16F17"/>
     <w:rsid w:val="00A20D34"/>
     <w:rsid w:val="00A33EAE"/>
     <w:rsid w:val="00A4496E"/>
     <w:rsid w:val="00A51C52"/>
     <w:rsid w:val="00A6229E"/>
     <w:rsid w:val="00A702AD"/>
+    <w:rsid w:val="00A97EDD"/>
     <w:rsid w:val="00AA5458"/>
     <w:rsid w:val="00AA6D59"/>
     <w:rsid w:val="00AC2086"/>
+    <w:rsid w:val="00AD51A8"/>
     <w:rsid w:val="00B030FD"/>
     <w:rsid w:val="00B03EAC"/>
     <w:rsid w:val="00B11EA1"/>
     <w:rsid w:val="00B132B6"/>
+    <w:rsid w:val="00B30D27"/>
     <w:rsid w:val="00B31DFA"/>
+    <w:rsid w:val="00B33FC6"/>
     <w:rsid w:val="00B35AC9"/>
     <w:rsid w:val="00B56D3D"/>
     <w:rsid w:val="00B80411"/>
     <w:rsid w:val="00B953DC"/>
     <w:rsid w:val="00BC00AE"/>
     <w:rsid w:val="00BC4621"/>
     <w:rsid w:val="00BC7CF7"/>
     <w:rsid w:val="00BD349B"/>
     <w:rsid w:val="00BD6D49"/>
     <w:rsid w:val="00BF1336"/>
     <w:rsid w:val="00BF397F"/>
     <w:rsid w:val="00C34FC0"/>
     <w:rsid w:val="00C37855"/>
     <w:rsid w:val="00C522F5"/>
     <w:rsid w:val="00C76F5C"/>
     <w:rsid w:val="00CA0F64"/>
     <w:rsid w:val="00CC4246"/>
+    <w:rsid w:val="00CC795C"/>
     <w:rsid w:val="00CD0AF3"/>
     <w:rsid w:val="00CE1D3A"/>
     <w:rsid w:val="00CE1DFC"/>
     <w:rsid w:val="00CE5BD0"/>
     <w:rsid w:val="00CE759B"/>
     <w:rsid w:val="00D02FCB"/>
     <w:rsid w:val="00D17F7B"/>
     <w:rsid w:val="00D602C2"/>
     <w:rsid w:val="00DC077E"/>
     <w:rsid w:val="00DC471E"/>
+    <w:rsid w:val="00DD768E"/>
     <w:rsid w:val="00DE3CA7"/>
     <w:rsid w:val="00DF1077"/>
     <w:rsid w:val="00E31813"/>
     <w:rsid w:val="00E32A5C"/>
     <w:rsid w:val="00E47AC3"/>
     <w:rsid w:val="00E50703"/>
     <w:rsid w:val="00E7301E"/>
     <w:rsid w:val="00E75FCE"/>
     <w:rsid w:val="00E9497D"/>
     <w:rsid w:val="00E97D54"/>
     <w:rsid w:val="00EB392B"/>
     <w:rsid w:val="00EC1247"/>
     <w:rsid w:val="00ED3B27"/>
     <w:rsid w:val="00ED7A95"/>
     <w:rsid w:val="00EE7D6B"/>
+    <w:rsid w:val="00F071CA"/>
     <w:rsid w:val="00F36B4E"/>
+    <w:rsid w:val="00F47255"/>
     <w:rsid w:val="00F907B6"/>
+    <w:rsid w:val="00FA5838"/>
     <w:rsid w:val="00FB015C"/>
     <w:rsid w:val="00FB3322"/>
     <w:rsid w:val="00FC1E66"/>
     <w:rsid w:val="00FD0F72"/>
     <w:rsid w:val="00FD19E7"/>
     <w:rsid w:val="00FD2467"/>
     <w:rsid w:val="00FD2D4F"/>
     <w:rsid w:val="00FE3B65"/>
     <w:rsid w:val="00FF30EA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0842291D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E123DA66-293B-4C6B-9C4F-6F141A7A28A1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7410,50 +6022,52 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00FC1E66"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00FC1E66"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
@@ -7529,55 +6143,62 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00044081"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CD0AF3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FD0F72"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007172F5"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="618952844">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="671032951">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7938,70 +6559,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FF5FB35-FE4A-4D35-AE81-010E18EF9652}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>908</Words>
-  <Characters>5178</Characters>
+  <Words>768</Words>
+  <Characters>5154</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>128</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6074</CharactersWithSpaces>
+  <CharactersWithSpaces>5860</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>