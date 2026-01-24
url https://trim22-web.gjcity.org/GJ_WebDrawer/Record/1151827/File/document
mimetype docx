--- v0 (2025-12-09)
+++ v1 (2026-01-24)
@@ -149,80 +149,108 @@
           <w:p w14:paraId="6BD81194" w14:textId="6B6317AB" w:rsidR="00E12324" w:rsidRPr="002B7E4F" w:rsidRDefault="00E12324" w:rsidP="00DE22B9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B2758A5" w14:textId="0FF1B51E" w:rsidR="00E12324" w:rsidRPr="002B7E4F" w:rsidRDefault="001B7D9B" w:rsidP="00DE22B9">
+          <w:p w14:paraId="5B2758A5" w14:textId="0D2383A5" w:rsidR="00E12324" w:rsidRPr="002B7E4F" w:rsidRDefault="001B7D9B" w:rsidP="00DE22B9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Agreement and</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Agreement</w:t>
+            </w:r>
+            <w:r w:rsidR="00D319A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E12324" w:rsidRPr="002B7E4F">
+              <w:t>, Contract,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00D319A1" w:rsidRPr="00D319A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agreement </w:t>
+            </w:r>
+            <w:r w:rsidR="00E12324" w:rsidRPr="00D319A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>End Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="240A14BF" w14:textId="5EAB0828" w:rsidR="00E12324" w:rsidRPr="002B7E4F" w:rsidRDefault="00E12324" w:rsidP="00E12324">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -233,1399 +261,1334 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w14:paraId="2842C402" w14:textId="77777777" w:rsidTr="00E72741">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23899CB3" w14:textId="19179917" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Civil Engineering Services for Water and Wastewater Pipeline Replacement Projects – </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="745E00D1" w14:textId="53FA8E6B" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+          <w:p w14:paraId="745E00D1" w14:textId="449611DB" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Primary Firm</w:t>
             </w:r>
             <w:r w:rsidRPr="002B7E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 5536-24-KF</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>JVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555238F4" w14:textId="4F3EB6E6" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+          <w:p w14:paraId="555238F4" w14:textId="2315719C" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>JVA Incorporated</w:t>
             </w:r>
+            <w:r w:rsidR="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="003E70BE" w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>**Final Renewal**</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E5FB930" w14:textId="64D96336" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="00FC74CF" w:rsidP="006F5D66">
+          <w:p w14:paraId="4E5FB930" w14:textId="5AB2A39E" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="008B6562" w:rsidP="006F5D66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:t>GJAGR100012</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC74CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>5796-26-KF</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D66" w:rsidRPr="002B7E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>01/08/2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49504A64" w14:textId="77DFF8C2" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B7E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Kathleen</w:t>
+            </w:r>
+            <w:r w:rsidR="002B7E4F" w:rsidRPr="002B7E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Franklin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w14:paraId="3D89D84F" w14:textId="47FF6AB0" w:rsidTr="00E72741">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02958960" w14:textId="3958C579" w:rsidR="006F5D66" w:rsidRPr="003E70BE" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Civil Engineering Services for Water and Wastewater Pipeline Replacement Projects – </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0777303E" w14:textId="7E54E92C" w:rsidR="006F5D66" w:rsidRPr="003E70BE" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Secondary Firm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>River City</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02825F51" w14:textId="6F1D25A6" w:rsidR="006F5D66" w:rsidRPr="003E70BE" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>River City Consultants, Inc</w:t>
+            </w:r>
+            <w:r w:rsidR="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="003E70BE" w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>**Final Renewal**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2432" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8F6105" w14:textId="123BC9DB" w:rsidR="006F5D66" w:rsidRPr="003E70BE" w:rsidRDefault="003E70BE" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:t>GJAGR100013</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC74CF" w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>5797-26-KF</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D66" w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>01/08/2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CACB928" w14:textId="75AE4322" w:rsidR="006F5D66" w:rsidRPr="003E70BE" w:rsidRDefault="002B7E4F" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Kathleen Franklin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w14:paraId="70386E80" w14:textId="77777777" w:rsidTr="00E72741">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BF8A16" w14:textId="6BE25136" w:rsidR="006F5D66" w:rsidRPr="0039662F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039662F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Design of Sewer Improvement Districts – </w:t>
+            </w:r>
+            <w:r w:rsidR="0039662F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>River City Consultants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F21376C" w14:textId="102C05D8" w:rsidR="006F5D66" w:rsidRPr="0039662F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039662F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>River City Consultants, Inc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2432" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7858045F" w14:textId="4011FDE0" w:rsidR="006F5D66" w:rsidRPr="0039662F" w:rsidRDefault="00FC74CF" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00FC74CF">
+              <w:r w:rsidRPr="0039662F">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="003A55"/>
                 </w:rPr>
                 <w:t>GJAGR1000</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
+            <w:r w:rsidRPr="0039662F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="003A55"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001B7D9B">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0039662F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="003A55"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...4 lines deleted...]
-                <w:color w:val="003A55"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039662F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="006F5D66" w:rsidRPr="002B7E4F">
+            <w:r w:rsidR="0039662F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006F5D66" w:rsidRPr="002B7E4F">
+              <w:t>5798-26-KF</w:t>
+            </w:r>
+            <w:r w:rsidR="0039662F" w:rsidRPr="003E70BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
-                <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="006F5D66" w:rsidRPr="002B7E4F">
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="0039662F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Year Renewal</w:t>
-[...7 lines deleted...]
-              <w:t>12/31/2025</w:t>
+              <w:t>01/08/2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49504A64" w14:textId="77DFF8C2" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Franklin</w:t>
+          <w:p w14:paraId="63AC9E0E" w14:textId="29693987" w:rsidR="006F5D66" w:rsidRPr="0039662F" w:rsidRDefault="002B7E4F" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039662F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Kathleen Franklin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w14:paraId="3D89D84F" w14:textId="47FF6AB0" w:rsidTr="00E72741">
+      <w:tr w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w14:paraId="5821A94F" w14:textId="77777777" w:rsidTr="00E72741">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02958960" w14:textId="3958C579" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+          <w:p w14:paraId="4EDB2639" w14:textId="3FE934E2" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="0088782B" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088782B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Geotechnical Engineering Services - RockSol Consulting Group Inc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48562715" w14:textId="19408768" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Civil Engineering Services for Water and Wastewater Pipeline Replacement Projects – </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0777303E" w14:textId="2BDDC113" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
+              <w:t>RockSol Consulting Group, Inc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2432" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C262A52" w14:textId="1ABB87CA" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="004E7876" w:rsidP="006F5D66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0D98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:t>GJAGR1000</w:t>
+            </w:r>
+            <w:r w:rsidR="0088782B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="0088782B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>5777</w:t>
+            </w:r>
+            <w:r w:rsidR="0088782B" w:rsidRPr="002B7E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>-2</w:t>
+            </w:r>
+            <w:r w:rsidR="0088782B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0088782B" w:rsidRPr="002B7E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>-KF</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D66" w:rsidRPr="002B7E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="003E70BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D66" w:rsidRPr="002B7E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0088782B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>/08</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D66" w:rsidRPr="002B7E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="0088782B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F324F86" w14:textId="13D8CE96" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="002B7E4F" w:rsidP="006F5D66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 5537-24-KF</w:t>
+              </w:rPr>
+              <w:t>Kathleen Franklin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E96AB1" w:rsidRPr="002B7E4F" w14:paraId="1132549B" w14:textId="77777777" w:rsidTr="00E72741">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B42757" w14:textId="0AFBA245" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="00E96AB1" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Printing Services </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– RFP-5426-24-KF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02825F51" w14:textId="4AFC0C1F" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
-[...10 lines deleted...]
-              <w:t>River City Consultants, Inc</w:t>
+          <w:p w14:paraId="725602E7" w14:textId="728CE216" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="00E96AB1" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="0"/>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>CPCNeutek</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="0"/>
+            <w:r w:rsidR="001B7D9B" w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:commentReference w:id="0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8F6105" w14:textId="6F841145" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="00FC74CF" w:rsidP="006F5D66">
+          <w:p w14:paraId="68BA5100" w14:textId="7C16CD12" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="001B7D9B" w:rsidP="00E96AB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00FC74CF">
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="008B6562">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="003A55"/>
+                  <w:highlight w:val="green"/>
+                </w:rPr>
+                <w:t>GJAGR1000</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E96AB1" w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>12/31/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC25B38" w14:textId="06FFB262" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="002B7E4F" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>Kathleen Franklin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E96AB1" w:rsidRPr="002B7E4F" w14:paraId="13609CA5" w14:textId="77777777" w:rsidTr="00E72741">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D918E7C" w14:textId="3C0A2F94" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="00E96AB1" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Printing Services </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– RFP-5426-24-KF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1414051D" w14:textId="6DD01342" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="00E96AB1" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="1"/>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>Precision Printing Inc.</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="1"/>
+            <w:r w:rsidR="001B7D9B" w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:commentReference w:id="1"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2432" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F14E9BF" w14:textId="7525ECD7" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="001B7D9B" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="008B6562">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="003A55"/>
+                  <w:highlight w:val="green"/>
+                </w:rPr>
+                <w:t>GJAGR1000</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E96AB1" w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>12/31/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="405837C7" w14:textId="15F8DFED" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="002B7E4F" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>Kathleen Franklin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E96AB1" w:rsidRPr="002B7E4F" w14:paraId="190ADB44" w14:textId="7947F77D" w:rsidTr="00E72741">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="052CC958" w14:textId="3626B3D4" w:rsidR="00E96AB1" w:rsidRPr="006A3279" w:rsidRDefault="00E96AB1" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A3279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Right of Way (ROW) Acquisition Services</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3279" w:rsidRPr="006A3279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with HDR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2234F170" w14:textId="2A4EBC23" w:rsidR="00E96AB1" w:rsidRPr="006A3279" w:rsidRDefault="00E96AB1" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A3279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>HDR Engineering, INC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2432" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="641F1F91" w14:textId="45E9E187" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="000C73EC" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="000C73EC">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="003A55"/>
                 </w:rPr>
                 <w:t>GJAGR1000</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="000C73EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="003A55"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="003A55"/>
+                <w:highlight w:val="green"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="006F5D66" w:rsidRPr="002B7E4F">
-[...24 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidR="006A3279" w:rsidRPr="006A3279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:t>5792-26-KF</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7D9B" w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+                <w:highlight w:val="green"/>
               </w:rPr>
               <w:br/>
-              <w:t>12/31/2025</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3279" w:rsidRPr="002A715A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>01/08/27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CACB928" w14:textId="75AE4322" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="002B7E4F" w:rsidP="006F5D66">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B7E4F">
+          <w:p w14:paraId="58EE6CF2" w14:textId="034ADA86" w:rsidR="00E96AB1" w:rsidRPr="006A3279" w:rsidRDefault="002B7E4F" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A3279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Kathleen Franklin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w14:paraId="70386E80" w14:textId="77777777" w:rsidTr="00E72741">
+      <w:tr w:rsidR="00E96AB1" w:rsidRPr="002B7E4F" w14:paraId="45A5424D" w14:textId="77777777" w:rsidTr="00E72741">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30BF8A16" w14:textId="4404D6E2" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
-[...22 lines deleted...]
-              <w:t>-25-KF</w:t>
+          <w:p w14:paraId="51739980" w14:textId="2EC381E5" w:rsidR="00E96AB1" w:rsidRPr="006A3279" w:rsidRDefault="004B5D79" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Right-of-Way</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96AB1" w:rsidRPr="006A3279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ROW) Acquisition Services</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3279" w:rsidRPr="006A3279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with TRS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F21376C" w14:textId="102C05D8" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
-[...10 lines deleted...]
-              <w:t>River City Consultants, Inc</w:t>
+          <w:p w14:paraId="5AD4AD99" w14:textId="78244053" w:rsidR="00E96AB1" w:rsidRPr="006A3279" w:rsidRDefault="00E96AB1" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A3279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Transportation Resource Services, Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7858045F" w14:textId="648CD763" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="00FC74CF" w:rsidP="006F5D66">
+          <w:p w14:paraId="2C14A837" w14:textId="315EEF9C" w:rsidR="00E96AB1" w:rsidRPr="008B6562" w:rsidRDefault="001B7D9B" w:rsidP="00E96AB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00FC74CF">
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="000C73EC">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="003A55"/>
                 </w:rPr>
                 <w:t>GJAGR1000</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
+            <w:r w:rsidR="000C73EC" w:rsidRPr="000C73EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="003A55"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...4 lines deleted...]
-                <w:color w:val="333333"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C73EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+                <w:highlight w:val="green"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="006F5D66" w:rsidRPr="002B7E4F">
-[...24 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidR="006A3279" w:rsidRPr="006A3279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+              </w:rPr>
+              <w:t>5793-26-KF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6562">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="003A55"/>
+                <w:highlight w:val="green"/>
               </w:rPr>
               <w:br/>
-              <w:t>12/31/2025</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3279" w:rsidRPr="002A715A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>01/08/27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63AC9E0E" w14:textId="29693987" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="002B7E4F" w:rsidP="006F5D66">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B7E4F">
+          <w:p w14:paraId="2F861375" w14:textId="53C1526D" w:rsidR="00E96AB1" w:rsidRPr="006A3279" w:rsidRDefault="002B7E4F" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A3279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Kathleen Franklin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w14:paraId="5821A94F" w14:textId="77777777" w:rsidTr="00E72741">
+      <w:tr w:rsidR="00E96AB1" w:rsidRPr="002B7E4F" w14:paraId="2CED5305" w14:textId="77777777" w:rsidTr="00E72741">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EDB2639" w14:textId="66271900" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
-[...10 lines deleted...]
-              <w:t>Geotechnical Engineering Services – 5566-25-KF</w:t>
+          <w:p w14:paraId="43CA3408" w14:textId="61F8626B" w:rsidR="00E96AB1" w:rsidRPr="002A715A" w:rsidRDefault="002A715A" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A715A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>Citadel Security Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48562715" w14:textId="19408768" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="006F5D66" w:rsidP="006F5D66">
-[...10 lines deleted...]
-              <w:t>RockSol Consulting Group, Inc</w:t>
+          <w:p w14:paraId="3F3ADD6A" w14:textId="7DE6235A" w:rsidR="00E96AB1" w:rsidRPr="002A715A" w:rsidRDefault="00E96AB1" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A715A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Citadel Security</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C262A52" w14:textId="128E0CE8" w:rsidR="006F5D66" w:rsidRPr="002B7E4F" w:rsidRDefault="004E7876" w:rsidP="006F5D66">
+          <w:p w14:paraId="504D026D" w14:textId="1737C445" w:rsidR="00E96AB1" w:rsidRPr="002A715A" w:rsidRDefault="001B7D9B" w:rsidP="00E96AB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB0D98">
-[...139 lines deleted...]
-              <w:r w:rsidRPr="00FC74CF">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="002A715A">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="003A55"/>
                 </w:rPr>
                 <w:t>GJAGR1000</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
+            <w:r w:rsidR="002A715A" w:rsidRPr="002A715A">
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A715A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="003A55"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00E96AB1" w:rsidRPr="002B7E4F">
-[...4 lines deleted...]
-              <w:t>12/31/2025</w:t>
+            <w:r w:rsidR="002A715A" w:rsidRPr="002A715A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>5795-26-KF</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96AB1" w:rsidRPr="002A715A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="002A715A" w:rsidRPr="002A715A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>01/08/27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC25B38" w14:textId="06FFB262" w:rsidR="00E96AB1" w:rsidRPr="002B7E4F" w:rsidRDefault="002B7E4F" w:rsidP="00E96AB1">
-[...662 lines deleted...]
-            <w:r w:rsidRPr="002B7E4F">
+          <w:p w14:paraId="3562DE0C" w14:textId="76CB0F6A" w:rsidR="00E96AB1" w:rsidRPr="002A715A" w:rsidRDefault="002B7E4F" w:rsidP="00E96AB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A715A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Kathleen Franklin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E96AB1" w:rsidRPr="002B7E4F" w14:paraId="671BDC4B" w14:textId="77777777" w:rsidTr="00E72741">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ABB5187" w14:textId="77777777" w:rsidR="00E96AB1" w:rsidRPr="002B7E4F" w:rsidRDefault="00E96AB1" w:rsidP="00E96AB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
               </w:rPr>
             </w:pPr>
@@ -1723,56 +1686,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0645F266" w14:textId="77777777" w:rsidR="00C2551A" w:rsidRPr="002B7E4F" w:rsidRDefault="00C2551A" w:rsidP="00E96AB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7626BC45" w14:textId="77777777" w:rsidR="007A53CA" w:rsidRPr="002B7E4F" w:rsidRDefault="007A53CA" w:rsidP="007A53CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007A53CA" w:rsidRPr="002B7E4F" w:rsidSect="00C2551A">
-      <w:headerReference w:type="even" r:id="rId24"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId29"/>
+      <w:headerReference w:type="even" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1440" w:left="1440" w:header="360" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Kathleen Franklin" w:date="2025-03-26T15:25:00Z" w:initials="KF">
     <w:p w14:paraId="3EBC35FF" w14:textId="77777777" w:rsidR="001B7D9B" w:rsidRDefault="001B7D9B" w:rsidP="001B7D9B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>CPCNeutek is contracted for the following:</w:t>
       </w:r>
@@ -1911,58 +1874,58 @@
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="4F7345A0" w15:done="0"/>
   <w15:commentEx w15:paraId="57943246" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="28195FC1" w16cex:dateUtc="2025-03-26T21:25:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="398E7916" w16cex:dateUtc="2025-03-26T21:26:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="4F7345A0" w16cid:durableId="28195FC1"/>
   <w16cid:commentId w16cid:paraId="57943246" w16cid:durableId="398E7916"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1616E2E2" w14:textId="77777777" w:rsidR="00EB2F62" w:rsidRDefault="00EB2F62">
+    <w:p w14:paraId="7A8C1233" w14:textId="77777777" w:rsidR="00C12FD6" w:rsidRDefault="00C12FD6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4161E78C" w14:textId="77777777" w:rsidR="00EB2F62" w:rsidRDefault="00EB2F62">
+    <w:p w14:paraId="0DBDF64B" w14:textId="77777777" w:rsidR="00C12FD6" w:rsidRDefault="00C12FD6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2046,58 +2009,58 @@
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>www.gjcity.org</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EC3BC17" w14:textId="77777777" w:rsidR="001B7D9B" w:rsidRDefault="001B7D9B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73624335" w14:textId="77777777" w:rsidR="00EB2F62" w:rsidRDefault="00EB2F62">
+    <w:p w14:paraId="6FE65945" w14:textId="77777777" w:rsidR="00C12FD6" w:rsidRDefault="00C12FD6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AD907D0" w14:textId="77777777" w:rsidR="00EB2F62" w:rsidRDefault="00EB2F62">
+    <w:p w14:paraId="3A5A9844" w14:textId="77777777" w:rsidR="00C12FD6" w:rsidRDefault="00C12FD6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5EE41C4C" w14:textId="77777777" w:rsidR="001B7D9B" w:rsidRDefault="001B7D9B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="639E61FE" w14:textId="5A3A8CC2" w:rsidR="009A4BE3" w:rsidRDefault="002A4B09" w:rsidP="002A4B09">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="240"/>
     </w:pPr>
@@ -2393,160 +2356,187 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="395595721">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1328900402">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Kathleen Franklin">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::kathleenf@gjcity.org::696f9cc1-21fc-4a6e-a3bb-87822895b21e"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE171D"/>
     <w:rsid w:val="0004314A"/>
     <w:rsid w:val="00056E68"/>
     <w:rsid w:val="000640A8"/>
     <w:rsid w:val="00083033"/>
     <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000B6946"/>
+    <w:rsid w:val="000C73EC"/>
     <w:rsid w:val="000D092D"/>
     <w:rsid w:val="000F3CA0"/>
     <w:rsid w:val="000F7ADB"/>
     <w:rsid w:val="001271DE"/>
     <w:rsid w:val="00141798"/>
     <w:rsid w:val="00143257"/>
     <w:rsid w:val="00177604"/>
     <w:rsid w:val="001B7D9B"/>
     <w:rsid w:val="002019F8"/>
     <w:rsid w:val="002022CA"/>
     <w:rsid w:val="00215FFB"/>
     <w:rsid w:val="002213C2"/>
     <w:rsid w:val="002928BE"/>
     <w:rsid w:val="00297DC3"/>
     <w:rsid w:val="002A4B09"/>
+    <w:rsid w:val="002A715A"/>
     <w:rsid w:val="002B1B3D"/>
     <w:rsid w:val="002B7E4F"/>
     <w:rsid w:val="002E21B9"/>
     <w:rsid w:val="00322069"/>
     <w:rsid w:val="0032360E"/>
     <w:rsid w:val="00330A0D"/>
+    <w:rsid w:val="00333EE0"/>
+    <w:rsid w:val="00351F4C"/>
     <w:rsid w:val="00396337"/>
+    <w:rsid w:val="0039662F"/>
     <w:rsid w:val="003C1089"/>
+    <w:rsid w:val="003E70BE"/>
+    <w:rsid w:val="00447152"/>
+    <w:rsid w:val="00453CFA"/>
+    <w:rsid w:val="004948AA"/>
     <w:rsid w:val="004B1601"/>
+    <w:rsid w:val="004B5D79"/>
     <w:rsid w:val="004C78EE"/>
+    <w:rsid w:val="004D42DD"/>
     <w:rsid w:val="004E7876"/>
     <w:rsid w:val="00542321"/>
     <w:rsid w:val="00543D64"/>
     <w:rsid w:val="005922E5"/>
     <w:rsid w:val="00613010"/>
     <w:rsid w:val="006377ED"/>
+    <w:rsid w:val="006727C3"/>
+    <w:rsid w:val="006A3279"/>
     <w:rsid w:val="006B68ED"/>
     <w:rsid w:val="006C075D"/>
     <w:rsid w:val="006C3B79"/>
+    <w:rsid w:val="006D1176"/>
+    <w:rsid w:val="006D6E19"/>
     <w:rsid w:val="006E12E4"/>
     <w:rsid w:val="006F5D66"/>
+    <w:rsid w:val="00741331"/>
     <w:rsid w:val="00750A08"/>
     <w:rsid w:val="0075333E"/>
     <w:rsid w:val="007A53CA"/>
     <w:rsid w:val="00801EB9"/>
+    <w:rsid w:val="008130FA"/>
     <w:rsid w:val="00825AA6"/>
     <w:rsid w:val="008437A8"/>
     <w:rsid w:val="00855098"/>
+    <w:rsid w:val="0088782B"/>
+    <w:rsid w:val="008B6562"/>
     <w:rsid w:val="008C4356"/>
     <w:rsid w:val="0093676A"/>
     <w:rsid w:val="00973319"/>
     <w:rsid w:val="009A4BE3"/>
     <w:rsid w:val="009B3C0A"/>
+    <w:rsid w:val="009B7D00"/>
     <w:rsid w:val="009C7770"/>
+    <w:rsid w:val="009D6C95"/>
     <w:rsid w:val="00A0505C"/>
     <w:rsid w:val="00A22689"/>
     <w:rsid w:val="00A9761D"/>
     <w:rsid w:val="00AA0090"/>
     <w:rsid w:val="00AC0E97"/>
     <w:rsid w:val="00AC49E2"/>
     <w:rsid w:val="00AD635C"/>
     <w:rsid w:val="00AE2381"/>
     <w:rsid w:val="00AF3DF6"/>
     <w:rsid w:val="00B04BE6"/>
     <w:rsid w:val="00B117A1"/>
     <w:rsid w:val="00B27CF8"/>
     <w:rsid w:val="00B54F6F"/>
     <w:rsid w:val="00BB0D98"/>
     <w:rsid w:val="00BB1D8E"/>
     <w:rsid w:val="00BD0A26"/>
+    <w:rsid w:val="00C12FD6"/>
     <w:rsid w:val="00C202A1"/>
     <w:rsid w:val="00C24305"/>
     <w:rsid w:val="00C2551A"/>
     <w:rsid w:val="00C37D17"/>
     <w:rsid w:val="00C45BF0"/>
+    <w:rsid w:val="00C563D5"/>
     <w:rsid w:val="00C62881"/>
+    <w:rsid w:val="00C80A85"/>
     <w:rsid w:val="00CB5D0E"/>
     <w:rsid w:val="00CC47F4"/>
     <w:rsid w:val="00CD3FAF"/>
     <w:rsid w:val="00CD6459"/>
+    <w:rsid w:val="00D319A1"/>
     <w:rsid w:val="00D76E94"/>
     <w:rsid w:val="00DA3D0E"/>
     <w:rsid w:val="00DE171D"/>
     <w:rsid w:val="00DE22B9"/>
+    <w:rsid w:val="00DE2D82"/>
     <w:rsid w:val="00E12324"/>
     <w:rsid w:val="00E5430B"/>
     <w:rsid w:val="00E55692"/>
     <w:rsid w:val="00E71C19"/>
     <w:rsid w:val="00E72741"/>
     <w:rsid w:val="00E955AB"/>
     <w:rsid w:val="00E96AB1"/>
     <w:rsid w:val="00EB2F62"/>
     <w:rsid w:val="00EB439D"/>
     <w:rsid w:val="00F1372E"/>
     <w:rsid w:val="00F22194"/>
     <w:rsid w:val="00F27FBB"/>
     <w:rsid w:val="00F5293F"/>
     <w:rsid w:val="00F83865"/>
     <w:rsid w:val="00FA0EAA"/>
     <w:rsid w:val="00FA2376"/>
     <w:rsid w:val="00FC3574"/>
     <w:rsid w:val="00FC74CF"/>
     <w:rsid w:val="00FD070E"/>
     <w:rsid w:val="3E8245AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -2953,50 +2943,51 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -3264,51 +3255,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1391733081">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iascqy.fa.ocs.oraclecloud.com/fscmUI/faces/FuseWelcome?_afrLoop=34880609262268874&amp;_afrWindowMode=0&amp;_afrWindowId=18gz2nqti&amp;_adf.ctrl-state=lmeyun1ot_349&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1920&amp;_afrMFH=911&amp;_afrMFDW=1920&amp;_afrMFDH=1080&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=96&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gjcity.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\johnnym\OneDrive%20-%20City%20of%20Grand%20Junction\Documents\Custom%20Office%20Templates\City_Letterhead_template.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -3922,86 +3913,87 @@
     <ds:schemaRef ds:uri="d9dfab59-3eab-4d03-bec2-64f3a4f242f4"/>
     <ds:schemaRef ds:uri="0cf01a64-12bd-4770-88cf-8cbf2e13fb30"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92EF5CDB-B32A-47C0-AC4C-4D4624C12E5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>City_Letterhead_template.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>562</Words>
-  <Characters>3979</Characters>
+  <Words>433</Words>
+  <Characters>3087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>306</Lines>
-  <Paragraphs>156</Paragraphs>
+  <Lines>257</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>City Council Letterhead</vt:lpstr>
+      <vt:lpstr>Purchasing Letterhead</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4385</CharactersWithSpaces>
+  <CharactersWithSpaces>3407</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Purchasing Letterhead</dc:title>
   <dc:subject>&amp;lt;p&amp;gt;Click here to enter text.                                   &amp;lt;/p&amp;gt;</dc:subject>
+  <dc:creator>Kathleen Franklin</dc:creator>
   <cp:keywords>Letter</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EktContentLanguage">
     <vt:i4>1033</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EktQuickLink">
     <vt:lpwstr>DownloadAsset.aspx?id=2147484254</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EktContentType">
     <vt:i4>101</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EktFolderName">
     <vt:lpwstr/>
   </property>