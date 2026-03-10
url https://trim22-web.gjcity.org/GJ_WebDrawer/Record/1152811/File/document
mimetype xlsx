--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dollyd\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kassyh\Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{26D753E6-21FE-408D-9C41-1CD45774F7BB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD769710-C8F1-4585-B209-CF739DC8D4B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{60CC4CE7-7D62-4C41-BAC8-9F4E2FD623AE}"/>
   </bookViews>
   <sheets>
     <sheet name="Active" sheetId="2" r:id="rId1"/>
     <sheet name="Archive" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Active!$A$2:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Archive!$A$1:$C$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="169" uniqueCount="166">
   <si>
     <t>Material/Service Description:</t>
   </si>
   <si>
     <t>Vendor Name:</t>
   </si>
   <si>
     <t>Sole Source Number/link</t>
   </si>
   <si>
     <t>SS-5371-24-KH</t>
   </si>
   <si>
     <t>Power Equipment</t>
   </si>
   <si>
     <t>Bomag Asphalt Roller</t>
   </si>
   <si>
     <t>SS-5372-24-KH</t>
   </si>
   <si>
     <t>Riverbend Sales</t>
   </si>
   <si>
@@ -511,50 +511,77 @@
     <t>SS-5738-25-DD</t>
   </si>
   <si>
     <t>MetaDome</t>
   </si>
   <si>
     <t>Truncated Domes for ADA Ramps</t>
   </si>
   <si>
     <t>SS-5732-25-DD</t>
   </si>
   <si>
     <t>Flexi-Liner</t>
   </si>
   <si>
     <t>WTP Tank Liners</t>
   </si>
   <si>
     <t>SS-5814-26-DD</t>
   </si>
   <si>
     <t>Accurex</t>
   </si>
   <si>
     <t>Lincoln Park Sports Complex Concession Stand Fum Hood</t>
+  </si>
+  <si>
+    <t>SS-5854-26-KN</t>
+  </si>
+  <si>
+    <t>Playground equipment repair components for 10 damaged features</t>
+  </si>
+  <si>
+    <t>Miracle Playsystems</t>
+  </si>
+  <si>
+    <t>SS-5853-26-KN</t>
+  </si>
+  <si>
+    <t>Purchase of BMW Police Specific Motorcycle</t>
+  </si>
+  <si>
+    <t>Grand Junction BMW</t>
+  </si>
+  <si>
+    <t>SS-5848-26-DD</t>
+  </si>
+  <si>
+    <t>Taylor Fence of Colorado</t>
+  </si>
+  <si>
+    <t>Vertical Lift Gates</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -564,51 +591,51 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -669,153 +696,214 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1117,752 +1205,792 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30592" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25374" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26205" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/28638" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26551" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31089" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32162" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30584" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/27983" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26206" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26622" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/27980" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/30594" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30590" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25882" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26322" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/23615" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32114" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/30724" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26012" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25722" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31081" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31082" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30588" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25590" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25482" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32711" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/30596" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30586" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26549" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31079" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26207" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26550" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31172" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32175" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/28034" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/27990" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30592" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31076" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31080" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31074" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31246" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31077" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32150" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26012" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31077" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31081" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32162" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25722" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31082" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32114" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/28034" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/27983" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25374" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25482" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/27980" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30584" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30592" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26205" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31089" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/28638" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32175" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Micro%20Focus/Content%20Manager/TEMP/HPTRIM.21860/SS-5848-26-DD" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/27990" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31076" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31080" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26550" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31246" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30590" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26551" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31074" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32911" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/30724" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30588" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26206" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25882" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26622" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26322" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/23615" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32874" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/30586" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/30596" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26549" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/25590" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26207" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31172" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32150" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/27990" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31079" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/32711" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31735" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31073" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31171" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/27977" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trimview.gjcity.org/?=SOLDOC/27975" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31113" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/31078" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trimview.gjcity.org/?=SOLDOC/26028" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D8F653E6-2FB8-407A-851E-4626A02100D9}">
-  <dimension ref="A1:C45"/>
+  <dimension ref="A1:C53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A32" workbookViewId="0">
-      <selection activeCell="I38" sqref="I38"/>
+    <sheetView tabSelected="1" topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.140625" style="7" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="44" style="11" customWidth="1"/>
+    <col min="1" max="1" width="20.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.5703125" style="6" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="44" style="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="26" t="s">
+      <c r="A1" s="32" t="s">
         <v>98</v>
       </c>
-      <c r="B1" s="27"/>
-      <c r="C1" s="27"/>
+      <c r="B1" s="33"/>
+      <c r="C1" s="33"/>
     </row>
     <row r="2" spans="1:3" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="15" t="s">
+      <c r="A2" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="B2" s="16" t="s">
+      <c r="B2" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="17" t="s">
+      <c r="C2" s="12" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="18" t="s">
+    <row r="3" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="31" t="s">
+        <v>163</v>
+      </c>
+      <c r="B3" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="C3" s="30" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="C4" s="14" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="C5" s="14" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C6" s="14" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C7" s="14" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="C8" s="14" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="C9" s="14" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C10" s="14" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="13" t="s">
         <v>133</v>
       </c>
-      <c r="B3" s="9" t="s">
+      <c r="B11" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="C3" s="19" t="s">
+      <c r="C11" s="14" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="18" t="s">
+    <row r="12" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="13" t="s">
         <v>129</v>
       </c>
-      <c r="B4" s="9" t="s">
+      <c r="B12" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="C4" s="19" t="s">
+      <c r="C12" s="14" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="5" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="18" t="s">
+    <row r="13" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="13" t="s">
         <v>118</v>
       </c>
-      <c r="B5" s="9" t="s">
+      <c r="B13" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="C5" s="19" t="s">
+      <c r="C13" s="14" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A6" s="20" t="s">
+    <row r="14" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="B6" s="8" t="s">
+      <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C6" s="19" t="s">
+      <c r="C14" s="14" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="20" t="s">
+    <row r="15" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="8" t="s">
+      <c r="B15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C7" s="19" t="s">
+      <c r="C15" s="14" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="20" t="s">
+    <row r="16" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="8" t="s">
+      <c r="B16" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="19" t="s">
+      <c r="C16" s="14" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="9" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="20" t="s">
+    <row r="17" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="B9" s="8" t="s">
+      <c r="B17" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="19" t="s">
+      <c r="C17" s="14" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="10" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="20" t="s">
+    <row r="18" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="B10" s="8" t="s">
+      <c r="B18" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C10" s="19" t="s">
+      <c r="C18" s="14" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="11" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="20" t="s">
+    <row r="19" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="B11" s="8" t="s">
+      <c r="B19" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C11" s="19" t="s">
+      <c r="C19" s="14" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="12" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="20" t="s">
+    <row r="20" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="B12" s="8" t="s">
+      <c r="B20" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C12" s="19" t="s">
+      <c r="C20" s="14" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="13" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="20" t="s">
+    <row r="21" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="B13" s="8" t="s">
+      <c r="B21" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="C13" s="19" t="s">
+      <c r="C21" s="14" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="14" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="20" t="s">
+    <row r="22" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B14" s="8" t="s">
+      <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="19" t="s">
+      <c r="C22" s="14" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="15" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="20" t="s">
+    <row r="23" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="B15" s="8" t="s">
+      <c r="B23" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C15" s="19" t="s">
+      <c r="C23" s="14" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="16" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="20" t="s">
+    <row r="24" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="8" t="s">
+      <c r="B24" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C16" s="19" t="s">
+      <c r="C24" s="14" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="17" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="20" t="s">
+    <row r="25" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="B17" s="8" t="s">
+      <c r="B25" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C17" s="19" t="s">
+      <c r="C25" s="14" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="18" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="20" t="s">
+    <row r="26" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="B18" s="8" t="s">
+      <c r="B26" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="C18" s="19" t="s">
+      <c r="C26" s="14" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="19" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="20" t="s">
+    <row r="27" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="B19" s="8" t="s">
+      <c r="B27" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="C19" s="19" t="s">
+      <c r="C27" s="14" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="20" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="20" t="s">
+    <row r="28" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="B20" s="8" t="s">
+      <c r="B28" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="C20" s="19" t="s">
+      <c r="C28" s="14" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="21" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="20" t="s">
+    <row r="29" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="B21" s="8" t="s">
+      <c r="B29" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="C21" s="19" t="s">
+      <c r="C29" s="14" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="22" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="20" t="s">
+    <row r="30" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="B22" s="8" t="s">
+      <c r="B30" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="C22" s="19" t="s">
+      <c r="C30" s="14" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="23" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="20" t="s">
+    <row r="31" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="15" t="s">
         <v>66</v>
       </c>
-      <c r="B23" s="8" t="s">
+      <c r="B31" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="C23" s="19" t="s">
+      <c r="C31" s="14" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="24" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="20" t="s">
+    <row r="32" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="B24" s="8" t="s">
+      <c r="B32" s="4" t="s">
         <v>101</v>
       </c>
-      <c r="C24" s="19" t="s">
+      <c r="C32" s="14" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="25" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="20" t="s">
+    <row r="33" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="B25" s="8" t="s">
+      <c r="B33" s="4" t="s">
         <v>102</v>
       </c>
-      <c r="C25" s="19" t="s">
+      <c r="C33" s="14" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="26" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="20" t="s">
+    <row r="34" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="B26" s="8" t="s">
+      <c r="B34" s="4" t="s">
         <v>105</v>
       </c>
-      <c r="C26" s="19" t="s">
+      <c r="C34" s="14" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="27" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="20" t="s">
+    <row r="35" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="15" t="s">
         <v>75</v>
       </c>
-      <c r="B27" s="8" t="s">
+      <c r="B35" s="4" t="s">
         <v>107</v>
       </c>
-      <c r="C27" s="19" t="s">
+      <c r="C35" s="14" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="28" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="20" t="s">
+    <row r="36" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="B28" s="8" t="s">
+      <c r="B36" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="C28" s="19" t="s">
+      <c r="C36" s="14" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="29" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="20" t="s">
+    <row r="37" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="B29" s="8" t="s">
+      <c r="B37" s="4" t="s">
         <v>109</v>
       </c>
-      <c r="C29" s="19" t="s">
+      <c r="C37" s="14" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="30" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="20" t="s">
+    <row r="38" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="15" t="s">
         <v>80</v>
       </c>
-      <c r="B30" s="8" t="s">
+      <c r="B38" s="4" t="s">
         <v>110</v>
       </c>
-      <c r="C30" s="19" t="s">
+      <c r="C38" s="14" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="31" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="20" t="s">
+    <row r="39" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="B31" s="8" t="s">
+      <c r="B39" s="4" t="s">
         <v>111</v>
       </c>
-      <c r="C31" s="19" t="s">
+      <c r="C39" s="14" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="32" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="20" t="s">
+    <row r="40" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="B32" s="8" t="s">
+      <c r="B40" s="4" t="s">
         <v>112</v>
       </c>
-      <c r="C32" s="19" t="s">
+      <c r="C40" s="14" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="33" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="20" t="s">
+    <row r="41" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="B33" s="8" t="s">
+      <c r="B41" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="C33" s="19" t="s">
+      <c r="C41" s="14" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="34" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="20" t="s">
+    <row r="42" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="B34" s="8" t="s">
+      <c r="B42" s="4" t="s">
         <v>114</v>
       </c>
-      <c r="C34" s="19" t="s">
+      <c r="C42" s="14" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="35" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="20" t="s">
+    <row r="43" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="B35" s="8" t="s">
+      <c r="B43" s="4" t="s">
         <v>105</v>
       </c>
-      <c r="C35" s="19" t="s">
+      <c r="C43" s="14" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="36" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="20" t="s">
+    <row r="44" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="B36" s="8" t="s">
+      <c r="B44" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="C36" s="19" t="s">
+      <c r="C44" s="14" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="37" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="20" t="s">
+    <row r="45" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="15" t="s">
         <v>95</v>
       </c>
-      <c r="B37" s="8" t="s">
+      <c r="B45" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="C37" s="19" t="s">
+      <c r="C45" s="14" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="38" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="20" t="s">
+    <row r="46" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="B38" s="8" t="s">
+      <c r="B46" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="C38" s="19" t="s">
+      <c r="C46" s="14" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="39" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="4" t="s">
+    <row r="47" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="16" t="s">
         <v>139</v>
       </c>
-      <c r="B39" s="5" t="s">
+      <c r="B47" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="C39" s="5" t="s">
+      <c r="C47" s="17" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="40" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="21" t="s">
+    <row r="48" spans="1:3" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="18" t="s">
         <v>131</v>
       </c>
-      <c r="B40" s="22" t="s">
+      <c r="B48" s="19" t="s">
         <v>132</v>
       </c>
-      <c r="C40" s="23" t="s">
+      <c r="C48" s="20" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="41" spans="1:3" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-[...53 lines deleted...]
-    </row>
+    <row r="49" ht="32.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="50" ht="32.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" ht="27.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" ht="30" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <autoFilter ref="A2:C2" xr:uid="{1452FFC0-A7B0-4092-B35D-935278A7F484}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A14:C23">
-    <sortCondition ref="B14:B23"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A22:C31">
+    <sortCondition ref="B22:B31"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A16" r:id="rId1" xr:uid="{B7CB25F8-069D-4D17-A170-04B8DC78844E}"/>
-[...42 lines deleted...]
-    <hyperlink ref="A45" r:id="rId44" xr:uid="{4CB36A1E-3CB9-49A0-B05F-4D7C3759EFCC}"/>
+    <hyperlink ref="A24" r:id="rId1" xr:uid="{B7CB25F8-069D-4D17-A170-04B8DC78844E}"/>
+    <hyperlink ref="A25" r:id="rId2" xr:uid="{834C9AD7-C09D-443F-9E0B-7393ECF0D620}"/>
+    <hyperlink ref="A26" r:id="rId3" xr:uid="{126FAF36-B14C-4A87-B95B-DF7A30CBAB51}"/>
+    <hyperlink ref="A15" r:id="rId4" xr:uid="{E0403731-8F10-4849-8A6C-1F023164395A}"/>
+    <hyperlink ref="A23" r:id="rId5" xr:uid="{50B6EFF3-F2A4-427B-AF31-92B3A3D1E587}"/>
+    <hyperlink ref="A16" r:id="rId6" xr:uid="{B820EE1D-67D7-4576-A0DC-BFD2907618B9}"/>
+    <hyperlink ref="A17" r:id="rId7" xr:uid="{7D5EFCAF-273B-4C8F-9E55-649E79C17060}"/>
+    <hyperlink ref="A18" r:id="rId8" xr:uid="{F219F7D3-7C70-4B5B-8EFF-8CBCA55A6FA5}"/>
+    <hyperlink ref="A19" r:id="rId9" xr:uid="{29AEFCB6-882C-49E0-886C-6BBFCC6D43AB}"/>
+    <hyperlink ref="A20" r:id="rId10" xr:uid="{2087B6E4-895B-475B-9E7B-5B31D26FA5AE}"/>
+    <hyperlink ref="A21" r:id="rId11" xr:uid="{CCAFDE97-0A9C-4838-9128-2E203B4F88A7}"/>
+    <hyperlink ref="A27" r:id="rId12" xr:uid="{46DBCC10-1806-489D-805B-70132C57A1D5}"/>
+    <hyperlink ref="A28" r:id="rId13" xr:uid="{B7055AF7-48F8-41D5-8F9D-F7FB04795F32}"/>
+    <hyperlink ref="A29" r:id="rId14" xr:uid="{A361DD6B-548B-487B-9A7F-E34E10106142}"/>
+    <hyperlink ref="A30" r:id="rId15" xr:uid="{8507F5CF-F659-4B17-AC99-943ECDC1138F}"/>
+    <hyperlink ref="A31" r:id="rId16" xr:uid="{85F8E16A-8DE9-447F-B9CB-387C4409820F}"/>
+    <hyperlink ref="A32" r:id="rId17" xr:uid="{27248789-A195-433B-B9A2-42FCADB650A9}"/>
+    <hyperlink ref="A33" r:id="rId18" xr:uid="{D27457F4-824B-4205-92BD-306A2BD16750}"/>
+    <hyperlink ref="A34" r:id="rId19" xr:uid="{7B41A8CD-8040-47FB-9EF8-9D85128A56F0}"/>
+    <hyperlink ref="A35" r:id="rId20" xr:uid="{E4D8C447-7333-4248-9D00-D9C90AC40CBD}"/>
+    <hyperlink ref="A36" r:id="rId21" xr:uid="{81CEC894-BD45-46AC-B8FE-2BF3171CCF6F}"/>
+    <hyperlink ref="A37" r:id="rId22" xr:uid="{E5A53BB7-097E-40F9-8AAF-BADF2D7FFB4F}"/>
+    <hyperlink ref="A38" r:id="rId23" xr:uid="{AA90FED6-C110-4B8A-9677-F607052A5783}"/>
+    <hyperlink ref="A39" r:id="rId24" xr:uid="{E8816F4B-081F-42A0-9312-130DB929DC1B}"/>
+    <hyperlink ref="A40" r:id="rId25" xr:uid="{7DF3757A-D6E0-40AD-BF04-CFDA965B29BB}"/>
+    <hyperlink ref="A41" r:id="rId26" xr:uid="{06145295-6AF2-4855-BA0D-9800CDF199F9}"/>
+    <hyperlink ref="A42" r:id="rId27" xr:uid="{9305C1FC-D7E8-4524-9DB3-2D14D8664EE8}"/>
+    <hyperlink ref="A43" r:id="rId28" xr:uid="{BBAE6508-4CE7-4AAA-8488-D5C5406A21DD}"/>
+    <hyperlink ref="A44" r:id="rId29" xr:uid="{D35D1392-198B-4678-8289-5E0A9B6B13DF}"/>
+    <hyperlink ref="A45" r:id="rId30" xr:uid="{68A3962D-D0F7-478A-9203-5A0D9ED9F469}"/>
+    <hyperlink ref="A14" r:id="rId31" xr:uid="{1949E847-DC22-4591-A77D-9EFC083DD431}"/>
+    <hyperlink ref="A13" r:id="rId32" xr:uid="{AC62B1D1-1219-41CE-AD37-92C7AA14399B}"/>
+    <hyperlink ref="A12" r:id="rId33" xr:uid="{5FD69805-D2C7-4E5C-BD80-A2AA0FAF2F78}"/>
+    <hyperlink ref="A46" r:id="rId34" xr:uid="{470C619E-4C26-4703-9ADD-96542413C2C4}"/>
+    <hyperlink ref="A48" r:id="rId35" xr:uid="{ABE8F5E7-0FD4-48F5-BC58-EBAAA25DA5A2}"/>
+    <hyperlink ref="A11" r:id="rId36" xr:uid="{9051C049-F4C5-438F-9769-072721EA0C0E}"/>
+    <hyperlink ref="A47" r:id="rId37" xr:uid="{FE3CC140-5B52-4C05-A897-95616362DFC2}"/>
+    <hyperlink ref="A8" r:id="rId38" xr:uid="{7AE9CCDF-F19E-46C3-AA47-E94C6F4A546F}"/>
+    <hyperlink ref="A9" r:id="rId39" xr:uid="{9981D3E1-C6FE-4DBC-8762-2D59B1CA65A3}"/>
+    <hyperlink ref="A10" r:id="rId40" xr:uid="{009C73D4-5A6D-4BB3-8FA8-3B7CB44617E0}"/>
+    <hyperlink ref="A6" r:id="rId41" xr:uid="{4CB36A1E-3CB9-49A0-B05F-4D7C3759EFCC}"/>
+    <hyperlink ref="A7" r:id="rId42" xr:uid="{6ADFA4EF-7599-446E-8B74-6C61EA4CD096}"/>
+    <hyperlink ref="A5" r:id="rId43" xr:uid="{93CC768B-26C5-42D4-A6B8-E3039E370BA0}"/>
+    <hyperlink ref="A4" r:id="rId44" xr:uid="{13483BE6-1BB4-4B0A-B793-2973466B98A6}"/>
+    <hyperlink ref="A3" r:id="rId45" xr:uid="{00AF4076-E826-4A56-B185-35416934A10D}"/>
+    <hyperlink ref="A22" r:id="rId46" xr:uid="{16501AE3-63C2-4BE4-9DFE-7DDCB41BBB42}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId45"/>
+  <pageSetup orientation="portrait" r:id="rId47"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1452FFC0-A7B0-4092-B35D-935278A7F484}">
-  <dimension ref="A1:C11"/>
+  <dimension ref="A1:C10"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="A10" sqref="A10:C10"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" customWidth="1"/>
     <col min="3" max="3" width="37.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="3" t="s">
+      <c r="B1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="C1" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="4" t="s">
+      <c r="A2" s="16"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="17"/>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C3" s="17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C4" s="24" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="16" t="s">
+        <v>137</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="B6" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="C6" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A3" s="4" t="s">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="B7" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C7" s="17" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A4" s="4" t="s">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="16" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B8" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="C8" s="17" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:3" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A5" s="14" t="s">
+    <row r="9" spans="1:3" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="25" t="s">
         <v>58</v>
       </c>
-      <c r="B5" s="12" t="s">
+      <c r="B9" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="C5" s="12" t="s">
+      <c r="C9" s="24" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A6" s="4" t="s">
+    <row r="10" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="28" t="s">
         <v>73</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="B10" s="26" t="s">
         <v>106</v>
       </c>
-      <c r="C6" s="5" t="s">
+      <c r="C10" s="27" t="s">
         <v>72</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="C11" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:C1" xr:uid="{1452FFC0-A7B0-4092-B35D-935278A7F484}"/>
   <hyperlinks>
-    <hyperlink ref="A3" r:id="rId1" xr:uid="{F2E635F3-BA3E-4108-96E9-4BA0D47DEAD6}"/>
-[...6 lines deleted...]
-    <hyperlink ref="A9" r:id="rId8" xr:uid="{D37043FE-23F1-4C34-B46E-539F7A9AA91B}"/>
+    <hyperlink ref="A7" r:id="rId1" xr:uid="{F2E635F3-BA3E-4108-96E9-4BA0D47DEAD6}"/>
+    <hyperlink ref="A8" r:id="rId2" xr:uid="{522F5CCE-B736-4A8A-9489-E7A049FBEB6D}"/>
+    <hyperlink ref="A6" r:id="rId3" xr:uid="{CC3ABDFD-824C-4DA4-AF67-72A4A4CBE80D}"/>
+    <hyperlink ref="A9" r:id="rId4" xr:uid="{AE2EE3B7-CB75-4B62-BBFD-A4C07592127E}"/>
+    <hyperlink ref="A10" r:id="rId5" xr:uid="{761FD96D-9DF3-41EC-9309-D86379070755}"/>
+    <hyperlink ref="A3" r:id="rId6" xr:uid="{DB8BFF9B-68EC-4BFE-B9B2-C275C9EE0C8C}"/>
+    <hyperlink ref="A4" r:id="rId7" xr:uid="{93B16544-F966-4F6C-8728-915CDA57BCA5}"/>
+    <hyperlink ref="A5" r:id="rId8" xr:uid="{D37043FE-23F1-4C34-B46E-539F7A9AA91B}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Active</vt:lpstr>
       <vt:lpstr>Archive</vt:lpstr>