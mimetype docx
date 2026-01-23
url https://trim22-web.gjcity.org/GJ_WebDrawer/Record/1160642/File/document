--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1,43 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="696D5304" w14:textId="77777777" w:rsidR="00B011AF" w:rsidRDefault="00B011AF" w:rsidP="00B011AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -1900,72 +1896,92 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="746F62EC" w14:textId="77777777" w:rsidR="00B011AF" w:rsidRDefault="00B011AF" w:rsidP="00B011AF">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Interpret and apply Federal, State, and local policies, laws, and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E71BA29" w14:textId="6BFFB752" w:rsidR="00A329FC" w:rsidRDefault="00A329FC" w:rsidP="00B011AF">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7032DB89" w14:textId="77777777" w:rsidR="00B011AF" w:rsidRDefault="00B011AF" w:rsidP="00B011AF">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A1D14DF" w14:textId="77777777" w:rsidR="00B011AF" w:rsidRDefault="00B011AF" w:rsidP="00B011AF">
       <w:pPr>
@@ -3350,189 +3366,175 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D31AD72" w14:textId="77777777" w:rsidR="00B011AF" w:rsidRDefault="00B011AF" w:rsidP="00B011AF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02129011" w14:textId="77777777" w:rsidR="0015526B" w:rsidRPr="00B011AF" w:rsidRDefault="0015526B" w:rsidP="00B011AF"/>
     <w:sectPr w:rsidR="0015526B" w:rsidRPr="00B011AF">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="433574AE" w14:textId="77777777" w:rsidR="00370691" w:rsidRDefault="00370691" w:rsidP="00267E62">
+    <w:p w14:paraId="07B2F027" w14:textId="77777777" w:rsidR="003539BA" w:rsidRDefault="003539BA" w:rsidP="00267E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06EE920C" w14:textId="77777777" w:rsidR="00370691" w:rsidRDefault="00370691" w:rsidP="00267E62">
+    <w:p w14:paraId="6A23C43D" w14:textId="77777777" w:rsidR="003539BA" w:rsidRDefault="003539BA" w:rsidP="00267E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="250707470"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1705238520"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
           <w:p w14:paraId="19BD52BA" w14:textId="77777777" w:rsidR="00267E62" w:rsidRDefault="00267E62" w:rsidP="00267E62">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:ind w:firstLine="2880"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="178FB533" w14:textId="64CC1740" w:rsidR="00267E62" w:rsidRPr="00267E62" w:rsidRDefault="00267E62" w:rsidP="00267E62">
+          <w:p w14:paraId="178FB533" w14:textId="476BD294" w:rsidR="00267E62" w:rsidRPr="00267E62" w:rsidRDefault="00267E62" w:rsidP="00267E62">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:ind w:firstLine="2880"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidRPr="00267E62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
@@ -3619,119 +3621,131 @@
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00267E62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00820EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>11/6/2025</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A329FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00820EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00A329FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00820EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/2025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="67BF5550" w14:textId="77777777" w:rsidR="00267E62" w:rsidRDefault="00267E62">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2168DA97" w14:textId="77777777" w:rsidR="00370691" w:rsidRDefault="00370691" w:rsidP="00267E62">
+    <w:p w14:paraId="4D409BC8" w14:textId="77777777" w:rsidR="003539BA" w:rsidRDefault="003539BA" w:rsidP="00267E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FC05BA4" w14:textId="77777777" w:rsidR="00370691" w:rsidRDefault="00370691" w:rsidP="00267E62">
+    <w:p w14:paraId="544AB393" w14:textId="77777777" w:rsidR="003539BA" w:rsidRDefault="003539BA" w:rsidP="00267E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59C18BB6" w14:textId="77777777" w:rsidR="000418F1" w:rsidRPr="000418F1" w:rsidRDefault="00267E62" w:rsidP="00267E62">
     <w:pPr>
       <w:pStyle w:val="paragraph"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rStyle w:val="normaltextrun"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000418F1">
       <w:rPr>
         <w:rStyle w:val="normaltextrun"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
@@ -3791,60 +3805,50 @@
     <w:pPr>
       <w:pStyle w:val="paragraph"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:ind w:firstLine="2385"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="eop"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F9571E3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D966C712"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5897,93 +5901,97 @@
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1704209732">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1583754711">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1635864526">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1531995079">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="603345777">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="972712188">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267E62"/>
     <w:rsid w:val="000418F1"/>
     <w:rsid w:val="0015526B"/>
     <w:rsid w:val="00174205"/>
     <w:rsid w:val="002053AE"/>
     <w:rsid w:val="00267E62"/>
+    <w:rsid w:val="003539BA"/>
     <w:rsid w:val="00370691"/>
     <w:rsid w:val="003A0D65"/>
     <w:rsid w:val="005F6B26"/>
     <w:rsid w:val="00660E9A"/>
     <w:rsid w:val="00731CC5"/>
     <w:rsid w:val="00820EA3"/>
     <w:rsid w:val="008E0E1E"/>
     <w:rsid w:val="00970DA9"/>
     <w:rsid w:val="0099075E"/>
     <w:rsid w:val="00A10DB0"/>
+    <w:rsid w:val="00A329FC"/>
     <w:rsid w:val="00B011AF"/>
     <w:rsid w:val="00B35B0B"/>
     <w:rsid w:val="00BF3EDB"/>
     <w:rsid w:val="00C7278C"/>
     <w:rsid w:val="00CE0CC0"/>
+    <w:rsid w:val="00D65EC4"/>
     <w:rsid w:val="00D77267"/>
     <w:rsid w:val="00E10340"/>
     <w:rsid w:val="00F75CF6"/>
     <w:rsid w:val="00FB0461"/>
     <w:rsid w:val="00FE116C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -6971,51 +6979,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00267E62"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -7294,69 +7302,69 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1047</Words>
-  <Characters>5971</Characters>
+  <Words>1057</Words>
+  <Characters>6027</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
+  <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7004</CharactersWithSpaces>
+  <CharactersWithSpaces>7070</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kathy Sargent</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>