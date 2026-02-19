--- v0 (2025-12-23)
+++ v1 (2026-02-19)
@@ -1,310 +1,257 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\_solicitations\_Traffic Control\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\_solicitations\_On-Demand Traffic Control Services RFP-5869-26-KF\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{750D520A-B9AD-4BC7-90DF-A07D0E25A93E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B21CFBA3-B7DA-4380-8B7E-0E8AC73A197F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4290" yWindow="945" windowWidth="22380" windowHeight="14535" xr2:uid="{2F69661C-AF20-434F-8F45-6514763E4EB5}"/>
+    <workbookView xWindow="31695" yWindow="1365" windowWidth="22575" windowHeight="14115" xr2:uid="{2F69661C-AF20-434F-8F45-6514763E4EB5}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="101">
   <si>
     <t>Service</t>
   </si>
   <si>
     <t>Signature: ____________________________</t>
   </si>
   <si>
-    <t xml:space="preserve">Certification: I hereby certify that the prices quoted above are complete and inclusive of all costs necessary to perform </t>
-[...4 lines deleted...]
-  <si>
     <t>Authorized Representative Name: ____________________________</t>
   </si>
   <si>
     <t>Title: ____________________________</t>
   </si>
   <si>
     <t>Date: ____________________</t>
   </si>
   <si>
     <t>Attachment A – Pricing Table</t>
   </si>
   <si>
-    <t>RFP-xxxx-26-KF On-Demand Traffic Control Services</t>
-[...1 lines deleted...]
-  <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Classification</t>
   </si>
   <si>
     <t>Regular Hourly</t>
   </si>
   <si>
     <t>Nightly Hourly</t>
   </si>
   <si>
     <t>Weekend or Holiday</t>
   </si>
   <si>
-    <t>CATEGORY 1 — CONSTRUCTION &amp; STREET MAINTENANCE TRAFFIC CONTROL</t>
-[...4 lines deleted...]
-  <si>
     <t>Traffic Control Supervisor</t>
   </si>
   <si>
     <t>Flagger</t>
   </si>
   <si>
     <t>Per Hour</t>
   </si>
   <si>
-    <t>B. Equipment &amp; Devices — Construction</t>
-[...1 lines deleted...]
-  <si>
     <t>Provide daily or per-use rate; specify method.</t>
   </si>
   <si>
     <t>Device/Equipment</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>☐ Yes</t>
   </si>
   <si>
     <t xml:space="preserve"> ☐ No</t>
   </si>
   <si>
     <t xml:space="preserve">Proposer is bidding this category:  </t>
   </si>
   <si>
     <t>Cones</t>
   </si>
   <si>
     <t>Drums (w/ lights)</t>
   </si>
   <si>
     <t>Vertical Panels (w/ lights)</t>
   </si>
   <si>
     <t>Type I/II Barricades</t>
   </si>
   <si>
     <t>Type III Barricades</t>
   </si>
   <si>
     <t>Pedestrian Fence</t>
   </si>
   <si>
     <t>Arrow Board</t>
   </si>
   <si>
     <t>VMS Board</t>
   </si>
   <si>
     <t>Signs</t>
   </si>
   <si>
-    <t>C. Special Services — Construction</t>
-[...4 lines deleted...]
-  <si>
     <t>Mobilization (outside City limits)</t>
   </si>
   <si>
-    <t>Traffic Control Plan — Standard</t>
-[...4 lines deleted...]
-  <si>
     <t>Proposer must list any available cost-saving measures.</t>
   </si>
   <si>
     <t>CATEGORY 2 — EVENTS &amp; SPECIAL ACTIVITIES TRAFFIC CONTROL</t>
   </si>
   <si>
-    <t>A. Labor Rates — Events</t>
-[...7 lines deleted...]
-  <si>
     <t>Pedestrian Fence (7’)</t>
   </si>
   <si>
     <t>Orange Plastic Fencing</t>
   </si>
   <si>
     <t>Parade / Festival full-route setup</t>
   </si>
   <si>
     <t xml:space="preserve">Fourth of July Parade </t>
   </si>
   <si>
     <t>Car Show</t>
   </si>
   <si>
     <t>Art Festival</t>
   </si>
   <si>
     <t>Comments</t>
-  </si>
-[...1 lines deleted...]
-    <t>Commnets</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Water Barrier </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>"as-needed"</t>
     </r>
   </si>
   <si>
     <t>Cones/Drums/Vertical Panels</t>
   </si>
   <si>
     <t>VMS Boards</t>
   </si>
   <si>
     <t>Arrow Boards</t>
   </si>
   <si>
     <t>A. Labor Rates — Emergency</t>
   </si>
   <si>
     <t>C. Emergency Deployment Services</t>
   </si>
   <si>
-    <t>Emergency Mobilization (within 30 minutes)</t>
-[...1 lines deleted...]
-  <si>
     <t>Road Closure (including detour)</t>
   </si>
   <si>
     <t>Emergency TCP (if required)</t>
   </si>
   <si>
     <t xml:space="preserve">B. Equipment &amp; Devices — Emergency </t>
   </si>
   <si>
     <t>Miscellaneous Events —</t>
   </si>
   <si>
     <t>All Inclusive Pricing — Comments</t>
   </si>
   <si>
     <t>Proposer must list any available cost-saving measures. Proposers must describe below.</t>
   </si>
   <si>
     <t>Entity Name: ____________________________</t>
-  </si>
-[...2 lines deleted...]
-(standalone crew)</t>
   </si>
   <si>
     <t>Junior College Baseball World Series 
 (JUCO) - end of May</t>
-  </si>
-[...2 lines deleted...]
-Fourth of July Fireworks</t>
   </si>
   <si>
     <t xml:space="preserve">Alternative Pricing Models: Proposers may submit alternative pricing models (e.g., per-event, flat-rate, or bundled pricing </t>
   </si>
   <si>
     <t>requirements of the Contract.</t>
   </si>
   <si>
     <t>such as for Market on Main), provided such pricing is all-inclusive, clearly defined, and fully consistent with the</t>
   </si>
   <si>
     <t>ALL PRICES MUST BE ALL-INCLUSIVE (Initial Contract Term and Up to Three (3) One-Year Renewal Terms</t>
   </si>
   <si>
     <t xml:space="preserve">Unit rates shall include all costs necessary to provide the services, including, without limitation: labor, supervision, equipment, devices, </t>
   </si>
   <si>
     <t xml:space="preserve">materials, tools, mobilization/demobilization, overhead, insurance, permits, fuel, administrative charges, and any other direct or indirect </t>
   </si>
   <si>
     <t>costs.</t>
   </si>
   <si>
     <t>D. Cost Efficiency Options — Downtown Development Events</t>
   </si>
@@ -355,59 +302,180 @@
     <r>
       <t xml:space="preserve">Tree Lighting - 
 (November, </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>date TBD)</t>
     </r>
   </si>
   <si>
     <t>Parade of Lights
 (Early December)</t>
   </si>
   <si>
     <t>Flat/Bundled Rate</t>
   </si>
   <si>
     <t>CATEGORY 3 — EMERGENCY AND UNSCHEDULED RESPONSE</t>
   </si>
+  <si>
+    <t>D. Cost Efficiency Options — Emergencies</t>
+  </si>
+  <si>
+    <t>Rates not included in this Pricing Table shall be deemed included in the Proposer’s base pricing and will not be separately compensated.</t>
+  </si>
+  <si>
+    <t>RFP-5869-26-KF On-Demand Traffic Control Services</t>
+  </si>
+  <si>
+    <t>A. Labor Rates — Events and Special Activities</t>
+  </si>
+  <si>
+    <t>B. Equipment &amp; Devices — Events and Special Activities</t>
+  </si>
+  <si>
+    <t>C. Special Services — Events and Special Activities</t>
+  </si>
+  <si>
+    <t>CDOT coordination rate (if separate)</t>
+  </si>
+  <si>
+    <t>Traffic Control Plan — 
+Standard: define timeline in comments</t>
+  </si>
+  <si>
+    <t>Traffic Control Plan — 
+Expedited: define timeline in comments</t>
+  </si>
+  <si>
+    <t>Mobilization (within City limits)
+Define: Per trip, Per day, Per project in comments</t>
+  </si>
+  <si>
+    <t>Emergency Mobilization
+30-minute Response Requirement
+Priced per incident</t>
+  </si>
+  <si>
+    <t>Emergency mobilization pricing shall include dispatch, travel, and initial site setup. Travel time shall not be separately.</t>
+  </si>
+  <si>
+    <t>Mobilization
+Define: Per event, or setup and tear down seperately in comments</t>
+  </si>
+  <si>
+    <t>Proposer may add labor classifications, equipment, devices, or services by inserting rows only within the blank rows provided at the</t>
+  </si>
+  <si>
+    <t xml:space="preserve">end of each section. Do not insert rows within existing listed items. Column structure, formulas, headers, and worksheet format shall not </t>
+  </si>
+  <si>
+    <t>be modified.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Certification</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>: I hereby certify that the prices quoted above are complete and inclusive of all costs necessary to perform the required</t>
+    </r>
+  </si>
+  <si>
+    <t>services as specified in the RFP.</t>
+  </si>
+  <si>
+    <t>Parks and Recreation 
+Fourth of July Fireworks at Lincoln Park</t>
+  </si>
+  <si>
+    <t>Additional Rates or Services Not Otherwise Captured in Categories 1–3</t>
+  </si>
+  <si>
+    <t>Classification/Service</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This section is intended only for services, labor classifications, or equipment not reasonably included within Categories 1–3. </t>
+  </si>
+  <si>
+    <t>Information listed in this section shall not duplicate or restate any line item included elsewhere in this Pricing Table.</t>
+  </si>
+  <si>
+    <t>CATEGORY 1 — CONSTRUCTION, CAPITAL IMPROVEMENT, AND OPERATIONAL MAINTENANCE TRAFFIC CONTROL</t>
+  </si>
+  <si>
+    <t>B. Equipment &amp; Devices — Construction, Capital Improvement, and Operational Maintenance Activities</t>
+  </si>
+  <si>
+    <t>A. Labor Rates — Construction, Capital Improvement, and Operational Maintenance Activities</t>
+  </si>
+  <si>
+    <t>C. Special Services — Construction, Capital Improvement, and Operational Maintenance Activities</t>
+  </si>
+  <si>
+    <t>D. Cost Efficiency Options — Construction, Capital Improvement, and Operational Maintenance Activities</t>
+  </si>
+  <si>
+    <t>Regular Hours
+Rate</t>
+  </si>
+  <si>
+    <t>After Hours
+Rate</t>
+  </si>
+  <si>
+    <t>Weekend or Holiday
+Rate</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -448,79 +516,131 @@
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11.5"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF003A55"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="14"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="10.5"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="6">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF003A55"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF3E5019"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.89999084444715716"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -638,63 +758,62 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -729,110 +848,174 @@
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF003A55"/>
+      <color rgb="FF3E5019"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -1127,1310 +1310,1530 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31F998C5-016B-424A-A767-9E60417BA01A}">
-  <dimension ref="A1:E138"/>
+  <dimension ref="A1:E163"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A93" workbookViewId="0">
-      <selection activeCell="A94" sqref="A94"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D148" sqref="D148"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="42" customWidth="1"/>
-    <col min="2" max="2" width="13.7109375" style="7" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="25.42578125" style="7" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" style="6" customWidth="1"/>
+    <col min="3" max="3" width="19.42578125" style="6" customWidth="1"/>
+    <col min="4" max="4" width="33.28515625" style="6" customWidth="1"/>
+    <col min="5" max="5" width="26.5703125" style="6" customWidth="1"/>
     <col min="8" max="9" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="34" t="s">
+      <c r="A1" s="64" t="s">
+        <v>5</v>
+      </c>
+      <c r="B1" s="65"/>
+      <c r="C1" s="65"/>
+      <c r="D1" s="65"/>
+      <c r="E1" s="66"/>
+    </row>
+    <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="67" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" s="68"/>
+      <c r="C2" s="68"/>
+      <c r="D2" s="68"/>
+      <c r="E2" s="69"/>
+    </row>
+    <row r="3" spans="1:5" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="33"/>
+      <c r="B3" s="34"/>
+      <c r="C3" s="34"/>
+      <c r="D3" s="34"/>
+      <c r="E3" s="35"/>
+    </row>
+    <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="62"/>
+      <c r="C4" s="62"/>
+      <c r="D4" s="62"/>
+      <c r="E4" s="63"/>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="61" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="62"/>
+      <c r="C5" s="62"/>
+      <c r="D5" s="62"/>
+      <c r="E5" s="63"/>
+    </row>
+    <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="61" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="62"/>
+      <c r="C6" s="62"/>
+      <c r="D6" s="62"/>
+      <c r="E6" s="63"/>
+    </row>
+    <row r="7" spans="1:5" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="33"/>
+      <c r="B7" s="34"/>
+      <c r="C7" s="34"/>
+      <c r="D7" s="34"/>
+      <c r="E7" s="35"/>
+    </row>
+    <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" s="53"/>
+      <c r="C8" s="53"/>
+      <c r="D8" s="53"/>
+      <c r="E8" s="54"/>
+    </row>
+    <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="55" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9" s="56"/>
+      <c r="C9" s="56"/>
+      <c r="D9" s="56"/>
+      <c r="E9" s="57"/>
+    </row>
+    <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="55" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="56"/>
+      <c r="C10" s="56"/>
+      <c r="D10" s="56"/>
+      <c r="E10" s="57"/>
+    </row>
+    <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="58" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" s="59"/>
+      <c r="C11" s="59"/>
+      <c r="D11" s="59"/>
+      <c r="E11" s="60"/>
+    </row>
+    <row r="12" spans="1:5" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="33"/>
+      <c r="B12" s="34"/>
+      <c r="C12" s="34"/>
+      <c r="D12" s="34"/>
+      <c r="E12" s="35"/>
+    </row>
+    <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="49" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" s="50"/>
+      <c r="C13" s="50"/>
+      <c r="D13" s="50"/>
+      <c r="E13" s="51"/>
+    </row>
+    <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="49" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" s="50"/>
+      <c r="C14" s="50"/>
+      <c r="D14" s="50"/>
+      <c r="E14" s="51"/>
+    </row>
+    <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="49" t="s">
+        <v>85</v>
+      </c>
+      <c r="B15" s="50"/>
+      <c r="C15" s="50"/>
+      <c r="D15" s="50"/>
+      <c r="E15" s="51"/>
+    </row>
+    <row r="16" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="27" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="13"/>
+    </row>
+    <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" s="15"/>
+      <c r="E17" s="16"/>
+    </row>
+    <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" s="18"/>
+      <c r="C18" s="18"/>
+      <c r="D18" s="18"/>
+      <c r="E18" s="19"/>
+    </row>
+    <row r="19" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="35"/>
-[...76 lines deleted...]
-      <c r="A12" s="28" t="s">
+      <c r="B19" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D19" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="E19" s="20" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+    </row>
+    <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+    </row>
+    <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="30"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="3"/>
+    </row>
+    <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="30"/>
+      <c r="B23" s="2"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+    </row>
+    <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="30"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="3"/>
+      <c r="D24" s="3"/>
+      <c r="E24" s="3"/>
+    </row>
+    <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="22"/>
+      <c r="C25" s="22"/>
+      <c r="D25" s="22"/>
+      <c r="E25" s="23"/>
+    </row>
+    <row r="26" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="B12" s="13"/>
-[...18 lines deleted...]
-      <c r="A14" s="18" t="s">
+      <c r="B26" s="24"/>
+      <c r="C26" s="24"/>
+      <c r="D26" s="24"/>
+      <c r="E26" s="25"/>
+    </row>
+    <row r="27" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="B14" s="19"/>
-[...22 lines deleted...]
-      <c r="A16" s="30" t="s">
+      <c r="B27" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="2" t="s">
-[...48 lines deleted...]
-      <c r="A22" s="27" t="s">
+      <c r="D27" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="E27" s="20"/>
+    </row>
+    <row r="28" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="30" t="s">
         <v>20</v>
       </c>
-      <c r="B22" s="25"/>
-[...60 lines deleted...]
-      <c r="C28" s="31"/>
+      <c r="B28" s="30"/>
+      <c r="C28" s="30"/>
       <c r="D28" s="4"/>
       <c r="E28" s="3"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A29" s="31" t="s">
-[...3 lines deleted...]
-      <c r="C29" s="31"/>
+      <c r="A29" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="B29" s="30"/>
+      <c r="C29" s="30"/>
       <c r="D29" s="4"/>
       <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A30" s="31" t="s">
-[...3 lines deleted...]
-      <c r="C30" s="31"/>
+      <c r="A30" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="B30" s="30"/>
+      <c r="C30" s="30"/>
       <c r="D30" s="4"/>
       <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A31" s="31" t="s">
-[...3 lines deleted...]
-      <c r="C31" s="31"/>
+      <c r="A31" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="B31" s="30"/>
+      <c r="C31" s="30"/>
       <c r="D31" s="4"/>
       <c r="E31" s="3"/>
     </row>
     <row r="32" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A32" s="31" t="s">
-[...3 lines deleted...]
-      <c r="C32" s="31"/>
+      <c r="A32" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="30"/>
+      <c r="C32" s="30"/>
       <c r="D32" s="4"/>
       <c r="E32" s="3"/>
     </row>
     <row r="33" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A33" s="31" t="s">
-[...3 lines deleted...]
-      <c r="C33" s="3"/>
+      <c r="A33" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="B33" s="30"/>
+      <c r="C33" s="30"/>
       <c r="D33" s="4"/>
       <c r="E33" s="3"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A34" s="31"/>
-[...1 lines deleted...]
-      <c r="C34" s="3"/>
+      <c r="A34" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="B34" s="30"/>
+      <c r="C34" s="30"/>
       <c r="D34" s="4"/>
       <c r="E34" s="3"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A35" s="31"/>
-[...1 lines deleted...]
-      <c r="C35" s="3"/>
+      <c r="A35" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="B35" s="30"/>
+      <c r="C35" s="30"/>
       <c r="D35" s="4"/>
       <c r="E35" s="3"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A36" s="31"/>
-[...1 lines deleted...]
-      <c r="C36" s="3"/>
+      <c r="A36" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="B36" s="30"/>
+      <c r="C36" s="30"/>
       <c r="D36" s="4"/>
       <c r="E36" s="3"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A37" s="22" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="24"/>
+      <c r="A37" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="2"/>
+      <c r="C37" s="3"/>
+      <c r="D37" s="4"/>
+      <c r="E37" s="3"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A38" s="29" t="s">
-[...11 lines deleted...]
-      <c r="E38" s="21"/>
+      <c r="A38" s="30"/>
+      <c r="B38" s="2"/>
+      <c r="C38" s="3"/>
+      <c r="D38" s="4"/>
+      <c r="E38" s="3"/>
     </row>
     <row r="39" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A39" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A39" s="30"/>
       <c r="B39" s="2"/>
       <c r="C39" s="3"/>
       <c r="D39" s="4"/>
       <c r="E39" s="3"/>
     </row>
     <row r="40" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A40" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="30"/>
       <c r="B40" s="2"/>
       <c r="C40" s="3"/>
       <c r="D40" s="4"/>
       <c r="E40" s="3"/>
     </row>
     <row r="41" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A41" s="31" t="s">
+      <c r="A41" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="B41" s="22"/>
+      <c r="C41" s="22"/>
+      <c r="D41" s="22"/>
+      <c r="E41" s="23"/>
+    </row>
+    <row r="42" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="B42" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C42" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="D42" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="B41" s="2"/>
-[...12 lines deleted...]
-      <c r="A43" s="31"/>
+      <c r="E42" s="20"/>
+    </row>
+    <row r="43" spans="1:5" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="32" t="s">
+        <v>79</v>
+      </c>
       <c r="B43" s="2"/>
       <c r="C43" s="3"/>
       <c r="D43" s="4"/>
       <c r="E43" s="3"/>
     </row>
     <row r="44" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A44" s="31"/>
+      <c r="A44" s="30" t="s">
+        <v>29</v>
+      </c>
       <c r="B44" s="2"/>
       <c r="C44" s="3"/>
       <c r="D44" s="4"/>
       <c r="E44" s="3"/>
     </row>
-    <row r="45" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="E46" s="26"/>
+    <row r="45" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="32" t="s">
+        <v>77</v>
+      </c>
+      <c r="B45" s="2"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="4"/>
+      <c r="E45" s="3"/>
+    </row>
+    <row r="46" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="32" t="s">
+        <v>78</v>
+      </c>
+      <c r="B46" s="2"/>
+      <c r="C46" s="3"/>
+      <c r="D46" s="4"/>
+      <c r="E46" s="3"/>
     </row>
     <row r="47" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A47" s="50"/>
-[...3 lines deleted...]
-      <c r="E47" s="52"/>
+      <c r="A47" s="30" t="s">
+        <v>76</v>
+      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="3"/>
+      <c r="D47" s="4"/>
+      <c r="E47" s="3"/>
     </row>
     <row r="48" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A48" s="50"/>
-[...3 lines deleted...]
-      <c r="E48" s="52"/>
+      <c r="A48" s="30"/>
+      <c r="B48" s="2"/>
+      <c r="C48" s="3"/>
+      <c r="D48" s="4"/>
+      <c r="E48" s="3"/>
     </row>
     <row r="49" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A49" s="50"/>
-[...12 lines deleted...]
-      <c r="E50" s="14"/>
+      <c r="A49" s="21" t="s">
+        <v>97</v>
+      </c>
+      <c r="B49" s="22"/>
+      <c r="C49" s="22"/>
+      <c r="D49" s="22"/>
+      <c r="E49" s="23"/>
+    </row>
+    <row r="50" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="B50" s="24"/>
+      <c r="C50" s="24"/>
+      <c r="D50" s="24"/>
+      <c r="E50" s="25"/>
     </row>
     <row r="51" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A51" s="15" t="s">
-[...9 lines deleted...]
-      <c r="E51" s="17"/>
+      <c r="A51" s="74"/>
+      <c r="B51" s="75"/>
+      <c r="C51" s="75"/>
+      <c r="D51" s="75"/>
+      <c r="E51" s="76"/>
     </row>
     <row r="52" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A52" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E52" s="20"/>
+      <c r="A52" s="74"/>
+      <c r="B52" s="75"/>
+      <c r="C52" s="75"/>
+      <c r="D52" s="75"/>
+      <c r="E52" s="76"/>
     </row>
     <row r="53" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A53" s="29" t="s">
-[...5 lines deleted...]
-      <c r="C53" s="21" t="s">
+      <c r="A53" s="74"/>
+      <c r="B53" s="75"/>
+      <c r="C53" s="75"/>
+      <c r="D53" s="75"/>
+      <c r="E53" s="76"/>
+    </row>
+    <row r="54" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A54" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="B54" s="12"/>
+      <c r="C54" s="12"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="13"/>
+    </row>
+    <row r="55" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B55" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" s="15"/>
+      <c r="E55" s="16"/>
+    </row>
+    <row r="56" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B56" s="18"/>
+      <c r="C56" s="18"/>
+      <c r="D56" s="18"/>
+      <c r="E56" s="19"/>
+    </row>
+    <row r="57" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A57" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B57" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C57" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D57" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="E57" s="20" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="29" t="s">
         <v>11</v>
       </c>
-      <c r="D53" s="21" t="s">
+      <c r="B58" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" s="3"/>
+      <c r="D58" s="3"/>
+      <c r="E58" s="3"/>
+    </row>
+    <row r="59" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="E53" s="21" t="s">
+      <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
-    </row>
-[...50 lines deleted...]
-      <c r="E59" s="24"/>
+      <c r="C59" s="3"/>
+      <c r="D59" s="3"/>
+      <c r="E59" s="3"/>
     </row>
     <row r="60" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A60" s="27" t="s">
-[...5 lines deleted...]
-      <c r="E60" s="26"/>
+      <c r="A60" s="30"/>
+      <c r="B60" s="2"/>
+      <c r="C60" s="3"/>
+      <c r="D60" s="3"/>
+      <c r="E60" s="3"/>
     </row>
     <row r="61" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A61" s="29" t="s">
-[...11 lines deleted...]
-      <c r="E61" s="21"/>
+      <c r="A61" s="30"/>
+      <c r="B61" s="2"/>
+      <c r="C61" s="3"/>
+      <c r="D61" s="3"/>
+      <c r="E61" s="3"/>
     </row>
     <row r="62" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A62" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A62" s="30"/>
       <c r="B62" s="2"/>
       <c r="C62" s="3"/>
-      <c r="D62" s="4"/>
+      <c r="D62" s="3"/>
       <c r="E62" s="3"/>
     </row>
     <row r="63" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A63" s="31" t="s">
-[...5 lines deleted...]
-      <c r="E63" s="3"/>
+      <c r="A63" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="B63" s="22"/>
+      <c r="C63" s="22"/>
+      <c r="D63" s="22"/>
+      <c r="E63" s="23"/>
     </row>
     <row r="64" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A64" s="31" t="s">
-[...5 lines deleted...]
-      <c r="E64" s="3"/>
+      <c r="A64" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="B64" s="24"/>
+      <c r="C64" s="24"/>
+      <c r="D64" s="24"/>
+      <c r="E64" s="25"/>
     </row>
     <row r="65" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A65" s="31" t="s">
-[...5 lines deleted...]
-      <c r="E65" s="3"/>
+      <c r="A65" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="B65" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C65" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="D65" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="E65" s="20"/>
     </row>
     <row r="66" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A66" s="31" t="s">
-        <v>55</v>
+      <c r="A66" s="30" t="s">
+        <v>32</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="3"/>
       <c r="D66" s="4"/>
       <c r="E66" s="3"/>
     </row>
     <row r="67" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A67" s="31" t="s">
-        <v>56</v>
+      <c r="A67" s="30" t="s">
+        <v>33</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="3"/>
       <c r="D67" s="4"/>
       <c r="E67" s="3"/>
     </row>
     <row r="68" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A68" s="31" t="s">
-        <v>34</v>
+      <c r="A68" s="30" t="s">
+        <v>24</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="3"/>
       <c r="D68" s="4"/>
       <c r="E68" s="3"/>
     </row>
     <row r="69" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A69" s="32"/>
+      <c r="A69" s="30" t="s">
+        <v>40</v>
+      </c>
       <c r="B69" s="2"/>
       <c r="C69" s="3"/>
       <c r="D69" s="4"/>
       <c r="E69" s="3"/>
     </row>
     <row r="70" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A70" s="31"/>
+      <c r="A70" s="30" t="s">
+        <v>41</v>
+      </c>
       <c r="B70" s="2"/>
       <c r="C70" s="3"/>
       <c r="D70" s="4"/>
       <c r="E70" s="3"/>
     </row>
     <row r="71" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A71" s="31"/>
+      <c r="A71" s="30" t="s">
+        <v>42</v>
+      </c>
       <c r="B71" s="2"/>
       <c r="C71" s="3"/>
       <c r="D71" s="4"/>
       <c r="E71" s="3"/>
     </row>
     <row r="72" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A72" s="22" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A72" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="3"/>
+      <c r="D72" s="4"/>
+      <c r="E72" s="3"/>
+    </row>
+    <row r="73" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="31"/>
+      <c r="B73" s="2"/>
+      <c r="C73" s="3"/>
+      <c r="D73" s="4"/>
+      <c r="E73" s="3"/>
+    </row>
+    <row r="74" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="30"/>
       <c r="B74" s="2"/>
       <c r="C74" s="3"/>
       <c r="D74" s="4"/>
       <c r="E74" s="3"/>
     </row>
     <row r="75" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A75" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A75" s="30"/>
       <c r="B75" s="2"/>
       <c r="C75" s="3"/>
       <c r="D75" s="4"/>
       <c r="E75" s="3"/>
     </row>
     <row r="76" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A76" s="31" t="s">
-[...15 lines deleted...]
-      <c r="A78" s="31"/>
+      <c r="A76" s="21" t="s">
+        <v>75</v>
+      </c>
+      <c r="B76" s="22"/>
+      <c r="C76" s="22"/>
+      <c r="D76" s="22"/>
+      <c r="E76" s="23"/>
+    </row>
+    <row r="77" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A77" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="B77" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C77" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="D77" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E77" s="20"/>
+    </row>
+    <row r="78" spans="1:5" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="32" t="s">
+        <v>82</v>
+      </c>
       <c r="B78" s="2"/>
       <c r="C78" s="3"/>
       <c r="D78" s="4"/>
       <c r="E78" s="3"/>
     </row>
-    <row r="79" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A79" s="22" t="s">
+    <row r="79" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="32" t="s">
         <v>77</v>
       </c>
-      <c r="B79" s="23"/>
-[...17 lines deleted...]
-      <c r="E80" s="21"/>
+      <c r="B79" s="2"/>
+      <c r="C79" s="3"/>
+      <c r="D79" s="4"/>
+      <c r="E79" s="3"/>
+    </row>
+    <row r="80" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="3"/>
+      <c r="D80" s="4"/>
+      <c r="E80" s="3"/>
     </row>
     <row r="81" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A81" s="31" t="s">
-[...11 lines deleted...]
-      <c r="B82" s="6"/>
+      <c r="A81" s="30"/>
+      <c r="B81" s="2"/>
+      <c r="C81" s="3"/>
+      <c r="D81" s="4"/>
+      <c r="E81" s="3"/>
+    </row>
+    <row r="82" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="30"/>
+      <c r="B82" s="2"/>
       <c r="C82" s="3"/>
       <c r="D82" s="4"/>
       <c r="E82" s="3"/>
     </row>
-    <row r="83" spans="1:5" ht="45.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="A84" s="31" t="s">
+    <row r="83" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="B83" s="22"/>
+      <c r="C83" s="22"/>
+      <c r="D83" s="22"/>
+      <c r="E83" s="23"/>
+    </row>
+    <row r="84" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A84" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="B84" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C84" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D84" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="B84" s="6"/>
-[...2 lines deleted...]
-      <c r="E84" s="3"/>
+      <c r="E84" s="20"/>
     </row>
     <row r="85" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A85" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B85" s="6"/>
+      <c r="A85" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="B85" s="7"/>
       <c r="C85" s="3"/>
-      <c r="D85" s="4"/>
-[...6 lines deleted...]
-      <c r="B86" s="6"/>
+      <c r="D85" s="7"/>
+      <c r="E85" s="7"/>
+    </row>
+    <row r="86" spans="1:5" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A86" s="32" t="s">
+        <v>63</v>
+      </c>
+      <c r="B86" s="5"/>
       <c r="C86" s="3"/>
       <c r="D86" s="4"/>
       <c r="E86" s="3"/>
     </row>
-    <row r="87" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B87" s="6"/>
+    <row r="87" spans="1:5" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A87" s="32" t="s">
+        <v>64</v>
+      </c>
+      <c r="B87" s="5"/>
       <c r="C87" s="3"/>
       <c r="D87" s="4"/>
       <c r="E87" s="3"/>
     </row>
-    <row r="88" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B88" s="6"/>
+    <row r="88" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A88" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="B88" s="5"/>
       <c r="C88" s="3"/>
       <c r="D88" s="4"/>
       <c r="E88" s="3"/>
     </row>
     <row r="89" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A89" s="31"/>
-      <c r="B89" s="6"/>
+      <c r="A89" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="B89" s="5"/>
       <c r="C89" s="3"/>
       <c r="D89" s="4"/>
       <c r="E89" s="3"/>
     </row>
-    <row r="90" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B90" s="6"/>
+    <row r="90" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="B90" s="5"/>
       <c r="C90" s="3"/>
       <c r="D90" s="4"/>
       <c r="E90" s="3"/>
     </row>
-    <row r="91" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E91" s="21"/>
+    <row r="91" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B91" s="5"/>
+      <c r="C91" s="3"/>
+      <c r="D91" s="4"/>
+      <c r="E91" s="3"/>
     </row>
     <row r="92" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
-      <c r="A92" s="33" t="s">
-[...2 lines deleted...]
-      <c r="B92" s="6"/>
+      <c r="A92" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B92" s="5"/>
       <c r="C92" s="3"/>
       <c r="D92" s="4"/>
       <c r="E92" s="3"/>
     </row>
-    <row r="93" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B93" s="6"/>
+    <row r="93" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="30"/>
+      <c r="B93" s="5"/>
       <c r="C93" s="3"/>
       <c r="D93" s="4"/>
       <c r="E93" s="3"/>
     </row>
     <row r="94" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A94" s="31"/>
-      <c r="B94" s="6"/>
+      <c r="A94" s="30"/>
+      <c r="B94" s="5"/>
       <c r="C94" s="3"/>
       <c r="D94" s="4"/>
       <c r="E94" s="3"/>
     </row>
-    <row r="95" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="B96" s="6"/>
+    <row r="95" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A95" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="B95" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C95" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D95" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E95" s="20"/>
+    </row>
+    <row r="96" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
+      <c r="A96" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="B96" s="5"/>
       <c r="C96" s="3"/>
       <c r="D96" s="4"/>
       <c r="E96" s="3"/>
     </row>
-    <row r="97" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E97" s="26"/>
+    <row r="97" spans="1:5" ht="30.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="32" t="s">
+        <v>88</v>
+      </c>
+      <c r="B97" s="5"/>
+      <c r="C97" s="3"/>
+      <c r="D97" s="4"/>
+      <c r="E97" s="3"/>
     </row>
     <row r="98" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A98" s="50"/>
-[...3 lines deleted...]
-      <c r="E98" s="52"/>
+      <c r="A98" s="32"/>
+      <c r="B98" s="5"/>
+      <c r="C98" s="3"/>
+      <c r="D98" s="4"/>
+      <c r="E98" s="3"/>
     </row>
     <row r="99" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A99" s="50"/>
-[...3 lines deleted...]
-      <c r="E99" s="52"/>
+      <c r="A99" s="32"/>
+      <c r="B99" s="5"/>
+      <c r="C99" s="3"/>
+      <c r="D99" s="4"/>
+      <c r="E99" s="3"/>
     </row>
     <row r="100" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A100" s="50"/>
-[...3 lines deleted...]
-      <c r="E100" s="52"/>
+      <c r="A100" s="30"/>
+      <c r="B100" s="5"/>
+      <c r="C100" s="3"/>
+      <c r="D100" s="4"/>
+      <c r="E100" s="3"/>
     </row>
     <row r="101" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A101" s="50"/>
-[...12 lines deleted...]
-      <c r="E102" s="14"/>
+      <c r="A101" s="30"/>
+      <c r="B101" s="5"/>
+      <c r="C101" s="3"/>
+      <c r="D101" s="4"/>
+      <c r="E101" s="3"/>
+    </row>
+    <row r="102" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="30"/>
+      <c r="B102" s="5"/>
+      <c r="C102" s="3"/>
+      <c r="D102" s="4"/>
+      <c r="E102" s="3"/>
     </row>
     <row r="103" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A103" s="15" t="s">
-[...9 lines deleted...]
-      <c r="E103" s="17"/>
+      <c r="A103" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="B103" s="24"/>
+      <c r="C103" s="24"/>
+      <c r="D103" s="24"/>
+      <c r="E103" s="25"/>
     </row>
     <row r="104" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A104" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E104" s="20"/>
+      <c r="A104" s="74"/>
+      <c r="B104" s="75"/>
+      <c r="C104" s="75"/>
+      <c r="D104" s="75"/>
+      <c r="E104" s="76"/>
     </row>
     <row r="105" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A105" s="29" t="s">
-[...5 lines deleted...]
-      <c r="C105" s="21" t="s">
+      <c r="A105" s="74"/>
+      <c r="B105" s="75"/>
+      <c r="C105" s="75"/>
+      <c r="D105" s="75"/>
+      <c r="E105" s="76"/>
+    </row>
+    <row r="106" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="74"/>
+      <c r="B106" s="75"/>
+      <c r="C106" s="75"/>
+      <c r="D106" s="75"/>
+      <c r="E106" s="76"/>
+    </row>
+    <row r="107" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A107" s="74"/>
+      <c r="B107" s="75"/>
+      <c r="C107" s="75"/>
+      <c r="D107" s="75"/>
+      <c r="E107" s="76"/>
+    </row>
+    <row r="108" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A108" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="B108" s="12"/>
+      <c r="C108" s="12"/>
+      <c r="D108" s="12"/>
+      <c r="E108" s="13"/>
+    </row>
+    <row r="109" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A109" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B109" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C109" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" s="15"/>
+      <c r="E109" s="16"/>
+    </row>
+    <row r="110" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A110" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="B110" s="18"/>
+      <c r="C110" s="18"/>
+      <c r="D110" s="18"/>
+      <c r="E110" s="19"/>
+    </row>
+    <row r="111" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A111" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B111" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C111" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D111" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="E111" s="20" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A112" s="29" t="s">
         <v>11</v>
       </c>
-      <c r="D105" s="21" t="s">
+      <c r="B112" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C112" s="3"/>
+      <c r="D112" s="3"/>
+      <c r="E112" s="3"/>
+    </row>
+    <row r="113" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A113" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="E105" s="21" t="s">
+      <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
-    </row>
-[...74 lines deleted...]
-      <c r="E113" s="21"/>
+      <c r="C113" s="3"/>
+      <c r="D113" s="3"/>
+      <c r="E113" s="3"/>
     </row>
     <row r="114" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A114" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A114" s="30"/>
       <c r="B114" s="2"/>
       <c r="C114" s="3"/>
-      <c r="D114" s="4"/>
+      <c r="D114" s="3"/>
       <c r="E114" s="3"/>
     </row>
     <row r="115" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A115" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A115" s="30"/>
       <c r="B115" s="2"/>
       <c r="C115" s="3"/>
-      <c r="D115" s="4"/>
+      <c r="D115" s="3"/>
       <c r="E115" s="3"/>
     </row>
     <row r="116" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A116" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A116" s="30"/>
       <c r="B116" s="2"/>
       <c r="C116" s="3"/>
-      <c r="D116" s="4"/>
+      <c r="D116" s="3"/>
       <c r="E116" s="3"/>
     </row>
     <row r="117" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A117" s="31" t="s">
-[...5 lines deleted...]
-      <c r="E117" s="3"/>
+      <c r="A117" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B117" s="22"/>
+      <c r="C117" s="22"/>
+      <c r="D117" s="22"/>
+      <c r="E117" s="23"/>
     </row>
     <row r="118" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A118" s="31" t="s">
-[...5 lines deleted...]
-      <c r="E118" s="3"/>
+      <c r="A118" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="B118" s="24"/>
+      <c r="C118" s="24"/>
+      <c r="D118" s="24"/>
+      <c r="E118" s="25"/>
     </row>
     <row r="119" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A119" s="31" t="s">
-[...5 lines deleted...]
-      <c r="E119" s="3"/>
+      <c r="A119" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="B119" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C119" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="D119" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="E119" s="20"/>
     </row>
     <row r="120" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A120" s="31" t="s">
-        <v>32</v>
+      <c r="A120" s="30" t="s">
+        <v>20</v>
       </c>
       <c r="B120" s="2"/>
       <c r="C120" s="3"/>
       <c r="D120" s="4"/>
       <c r="E120" s="3"/>
     </row>
     <row r="121" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A121" s="31" t="s">
-        <v>33</v>
+      <c r="A121" s="30" t="s">
+        <v>21</v>
       </c>
       <c r="B121" s="2"/>
       <c r="C121" s="3"/>
       <c r="D121" s="4"/>
       <c r="E121" s="3"/>
     </row>
     <row r="122" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A122" s="31" t="s">
-        <v>34</v>
+      <c r="A122" s="30" t="s">
+        <v>22</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="3"/>
       <c r="D122" s="4"/>
       <c r="E122" s="3"/>
     </row>
     <row r="123" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A123" s="31"/>
+      <c r="A123" s="30" t="s">
+        <v>23</v>
+      </c>
       <c r="B123" s="2"/>
       <c r="C123" s="3"/>
       <c r="D123" s="4"/>
       <c r="E123" s="3"/>
     </row>
     <row r="124" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A124" s="22" t="s">
-[...5 lines deleted...]
-      <c r="E124" s="24"/>
+      <c r="A124" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="B124" s="2"/>
+      <c r="C124" s="3"/>
+      <c r="D124" s="4"/>
+      <c r="E124" s="3"/>
     </row>
     <row r="125" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A125" s="21" t="s">
-[...11 lines deleted...]
-      <c r="E125" s="21"/>
+      <c r="A125" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="B125" s="2"/>
+      <c r="C125" s="3"/>
+      <c r="D125" s="4"/>
+      <c r="E125" s="3"/>
     </row>
     <row r="126" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A126" s="31" t="s">
-        <v>59</v>
+      <c r="A126" s="30" t="s">
+        <v>26</v>
       </c>
       <c r="B126" s="2"/>
       <c r="C126" s="3"/>
       <c r="D126" s="4"/>
       <c r="E126" s="3"/>
     </row>
     <row r="127" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A127" s="31" t="s">
-        <v>60</v>
+      <c r="A127" s="30" t="s">
+        <v>27</v>
       </c>
       <c r="B127" s="2"/>
       <c r="C127" s="3"/>
       <c r="D127" s="4"/>
       <c r="E127" s="3"/>
     </row>
     <row r="128" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A128" s="31" t="s">
-        <v>61</v>
+      <c r="A128" s="30" t="s">
+        <v>28</v>
       </c>
       <c r="B128" s="2"/>
       <c r="C128" s="3"/>
       <c r="D128" s="4"/>
       <c r="E128" s="3"/>
     </row>
     <row r="129" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A129" s="31"/>
+      <c r="A129" s="30"/>
       <c r="B129" s="2"/>
       <c r="C129" s="3"/>
       <c r="D129" s="4"/>
       <c r="E129" s="3"/>
     </row>
     <row r="130" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A130" s="31"/>
+      <c r="A130" s="30"/>
       <c r="B130" s="2"/>
       <c r="C130" s="3"/>
       <c r="D130" s="4"/>
       <c r="E130" s="3"/>
     </row>
     <row r="131" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A131" s="5"/>
-[...6 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="A131" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B131" s="22"/>
+      <c r="C131" s="22"/>
+      <c r="D131" s="22"/>
+      <c r="E131" s="23"/>
+    </row>
+    <row r="132" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A132" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="B132" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C132" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D132" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="E132" s="20" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="B133" s="2"/>
+      <c r="C133" s="3"/>
+      <c r="D133" s="3"/>
+      <c r="E133" s="3"/>
+    </row>
+    <row r="134" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A134" s="30" t="s">
+        <v>45</v>
+      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="3"/>
+      <c r="D134" s="3"/>
+      <c r="E134" s="3"/>
+    </row>
+    <row r="135" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A135" s="30" t="s">
+        <v>46</v>
+      </c>
+      <c r="B135" s="2"/>
+      <c r="C135" s="3"/>
+      <c r="D135" s="3"/>
+      <c r="E135" s="3"/>
+    </row>
+    <row r="136" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A136" s="30"/>
+      <c r="B136" s="2"/>
+      <c r="C136" s="3"/>
+      <c r="D136" s="3"/>
+      <c r="E136" s="3"/>
+    </row>
+    <row r="137" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A137" s="30"/>
+      <c r="B137" s="2"/>
+      <c r="C137" s="3"/>
+      <c r="D137" s="3"/>
+      <c r="E137" s="3"/>
+    </row>
+    <row r="138" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A138" s="30"/>
+      <c r="B138" s="2"/>
+      <c r="C138" s="3"/>
+      <c r="D138" s="3"/>
+      <c r="E138" s="3"/>
+    </row>
+    <row r="139" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A139" s="30"/>
+      <c r="B139" s="2"/>
+      <c r="C139" s="3"/>
+      <c r="D139" s="3"/>
+      <c r="E139" s="3"/>
+    </row>
+    <row r="140" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A140" s="30" t="s">
+        <v>81</v>
+      </c>
+      <c r="B140" s="2"/>
+      <c r="C140" s="3"/>
+      <c r="D140" s="4"/>
+      <c r="E140" s="3"/>
+    </row>
+    <row r="141" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A141" s="21" t="s">
+        <v>70</v>
+      </c>
+      <c r="B141" s="22"/>
+      <c r="C141" s="22"/>
+      <c r="D141" s="22"/>
+      <c r="E141" s="23"/>
+    </row>
+    <row r="142" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A142" s="30"/>
+      <c r="B142" s="2"/>
+      <c r="C142" s="3"/>
+      <c r="D142" s="4"/>
+      <c r="E142" s="3"/>
+    </row>
+    <row r="143" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A143" s="30"/>
+      <c r="B143" s="2"/>
+      <c r="C143" s="3"/>
+      <c r="D143" s="4"/>
+      <c r="E143" s="3"/>
+    </row>
+    <row r="144" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A144" s="30"/>
+      <c r="B144" s="2"/>
+      <c r="C144" s="3"/>
+      <c r="D144" s="4"/>
+      <c r="E144" s="3"/>
+    </row>
+    <row r="145" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A145" s="36" t="s">
+        <v>89</v>
+      </c>
+      <c r="B145" s="37"/>
+      <c r="C145" s="37"/>
+      <c r="D145" s="37"/>
+      <c r="E145" s="38"/>
+    </row>
+    <row r="146" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A146" s="71" t="s">
+        <v>91</v>
+      </c>
+      <c r="B146" s="72"/>
+      <c r="C146" s="72"/>
+      <c r="D146" s="72"/>
+      <c r="E146" s="73"/>
+    </row>
+    <row r="147" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A147" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B147" s="40" t="s">
+        <v>6</v>
+      </c>
+      <c r="C147" s="40" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="E147" s="40" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A148" s="30"/>
+      <c r="B148" s="2"/>
+      <c r="C148" s="3"/>
+      <c r="D148" s="3"/>
+      <c r="E148" s="3"/>
+    </row>
+    <row r="149" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A149" s="30"/>
+      <c r="B149" s="2"/>
+      <c r="C149" s="3"/>
+      <c r="D149" s="3"/>
+      <c r="E149" s="3"/>
+    </row>
+    <row r="150" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A150" s="30"/>
+      <c r="B150" s="2"/>
+      <c r="C150" s="3"/>
+      <c r="D150" s="3"/>
+      <c r="E150" s="3"/>
+    </row>
+    <row r="151" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A151" s="30"/>
+      <c r="B151" s="2"/>
+      <c r="C151" s="3"/>
+      <c r="D151" s="3"/>
+      <c r="E151" s="3"/>
+    </row>
+    <row r="152" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A152" s="30"/>
+      <c r="B152" s="2"/>
+      <c r="C152" s="3"/>
+      <c r="D152" s="3"/>
+      <c r="E152" s="3"/>
+    </row>
+    <row r="153" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A153" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="B153" s="42"/>
+      <c r="C153" s="43"/>
+      <c r="D153" s="44"/>
+      <c r="E153" s="43"/>
+    </row>
+    <row r="154" spans="1:5" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="45"/>
+      <c r="B154" s="46"/>
+      <c r="C154" s="47"/>
+      <c r="D154" s="48"/>
+      <c r="E154" s="47"/>
+    </row>
+    <row r="155" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A155" s="70" t="s">
+        <v>71</v>
+      </c>
+      <c r="B155" s="1"/>
+      <c r="C155" s="1"/>
+    </row>
+    <row r="156" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A156" s="1"/>
+      <c r="B156" s="1"/>
+      <c r="C156" s="1"/>
+    </row>
+    <row r="157" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A157" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B157" s="1"/>
+      <c r="C157" s="1"/>
+    </row>
+    <row r="158" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A158" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B158" s="1"/>
+      <c r="C158" s="1"/>
+    </row>
+    <row r="159" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B159" s="8"/>
+    </row>
+    <row r="160" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B132" s="1"/>
-[...3 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="B160" s="8"/>
+    </row>
+    <row r="161" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B133" s="1"/>
-[...9 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="B161" s="8"/>
+      <c r="D161" s="11"/>
+    </row>
+    <row r="162" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B162" s="1"/>
+      <c r="C162" s="1"/>
+      <c r="D162" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="B135" s="9"/>
-[...21 lines deleted...]
-      <c r="C138" s="1"/>
+    </row>
+    <row r="163" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A163" s="1"/>
+      <c r="B163" s="1"/>
+      <c r="C163" s="1"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A24:A33">
-    <sortCondition ref="A24:A33"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A28:A37">
+    <sortCondition ref="A28:A37"/>
   </sortState>
   <mergeCells count="7">
-    <mergeCell ref="A98:E98"/>
-[...5 lines deleted...]
-    <mergeCell ref="A49:E49"/>
+    <mergeCell ref="A104:E104"/>
+    <mergeCell ref="A105:E105"/>
+    <mergeCell ref="A106:E106"/>
+    <mergeCell ref="A107:E107"/>
+    <mergeCell ref="A51:E51"/>
+    <mergeCell ref="A52:E52"/>
+    <mergeCell ref="A53:E53"/>
   </mergeCells>
   <pageMargins left="0.2" right="0.2" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>