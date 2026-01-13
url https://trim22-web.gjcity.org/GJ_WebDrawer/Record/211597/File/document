--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -162,117 +162,134 @@
         </w:rPr>
         <w:t>Attachments:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D6E807F" w14:textId="77777777" w:rsidR="00A0265F" w:rsidRDefault="00A0265F" w:rsidP="00CF0536"/>
     <w:p w14:paraId="53446605" w14:textId="77777777" w:rsidR="00A0265F" w:rsidRDefault="00A0265F" w:rsidP="00CF0536">
       <w:r>
         <w:t>Ordinance No. 1986, adopted 8/5/81, creating the board</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="020ABE83" w14:textId="77777777" w:rsidR="00A0265F" w:rsidRDefault="00A0265F" w:rsidP="00CF0536">
       <w:r>
         <w:t>Ordinance No. 2176, adopted 3/7/84 amending the composition of the board</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="713B6242" w14:textId="77777777" w:rsidR="00A0265F" w:rsidRDefault="00A0265F" w:rsidP="00CF0536">
       <w:r>
         <w:t>Ordinance No. 4164, adopted 1/16/08, providing an alternate position to the board</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E356070" w14:textId="77777777" w:rsidR="006168ED" w:rsidRDefault="006168ED" w:rsidP="00CF0536">
       <w:r>
         <w:t>Ordinance No. 4694, adopted 4/20/16, providing a second alternate to the board</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1F56630C" w14:textId="7AAA1B6D" w:rsidR="00D06318" w:rsidRDefault="009353B0" w:rsidP="00CF0536">
+      <w:r>
+        <w:t>Ordinance No.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06318">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2D96">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t>077</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55137">
+        <w:t>, adopted 6/15</w:t>
+      </w:r>
+      <w:r w:rsidR="00C973BD">
+        <w:t>/2022 amending</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="30C166CE" w14:textId="77777777" w:rsidR="006168ED" w:rsidRDefault="006168ED" w:rsidP="006168ED">
       <w:r>
         <w:t xml:space="preserve">City Code Section 2.36, Forestry Board </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0691B692" w14:textId="77777777" w:rsidR="00A0265F" w:rsidRDefault="006168ED" w:rsidP="00CF0536">
       <w:r>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00A0265F">
         <w:t>ylaws</w:t>
       </w:r>
       <w:r>
         <w:t>, adopt 4/20/16</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F15A854" w14:textId="77777777" w:rsidR="00CF0536" w:rsidRDefault="00CF0536" w:rsidP="00CF0536"/>
     <w:p w14:paraId="1CE75537" w14:textId="77777777" w:rsidR="002127F7" w:rsidRDefault="002127F7" w:rsidP="00CF0536"/>
     <w:sectPr w:rsidR="002127F7" w:rsidSect="002127F7">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNzI1NzMwNTQ2NDc2MDVQ0lEKTi0uzszPAykwrAUAYjhmiywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00CF0536"/>
     <w:rsid w:val="00007264"/>
     <w:rsid w:val="00035B52"/>
     <w:rsid w:val="00045586"/>
     <w:rsid w:val="000470FA"/>
     <w:rsid w:val="00055A0E"/>
     <w:rsid w:val="00066FFE"/>
     <w:rsid w:val="0007272B"/>
     <w:rsid w:val="00082F9B"/>
     <w:rsid w:val="00090A7D"/>
     <w:rsid w:val="000C5860"/>
     <w:rsid w:val="000D1D8F"/>
     <w:rsid w:val="000E6254"/>
     <w:rsid w:val="000E6A1C"/>
@@ -365,181 +382,190 @@
     <w:rsid w:val="005B5A46"/>
     <w:rsid w:val="005D5783"/>
     <w:rsid w:val="006168ED"/>
     <w:rsid w:val="00623160"/>
     <w:rsid w:val="006350BD"/>
     <w:rsid w:val="00652067"/>
     <w:rsid w:val="00653E92"/>
     <w:rsid w:val="00657BEC"/>
     <w:rsid w:val="0067300B"/>
     <w:rsid w:val="006755EF"/>
     <w:rsid w:val="00681E62"/>
     <w:rsid w:val="00692628"/>
     <w:rsid w:val="0069770F"/>
     <w:rsid w:val="006A0218"/>
     <w:rsid w:val="006A1B3C"/>
     <w:rsid w:val="006C4845"/>
     <w:rsid w:val="006D1B22"/>
     <w:rsid w:val="006D3B8E"/>
     <w:rsid w:val="006D5E07"/>
     <w:rsid w:val="006E0509"/>
     <w:rsid w:val="006E2796"/>
     <w:rsid w:val="006E3786"/>
     <w:rsid w:val="006E7310"/>
     <w:rsid w:val="006E7AB7"/>
     <w:rsid w:val="006F0643"/>
+    <w:rsid w:val="006F5805"/>
     <w:rsid w:val="007107D8"/>
     <w:rsid w:val="0072146F"/>
     <w:rsid w:val="00737B00"/>
     <w:rsid w:val="00757A50"/>
     <w:rsid w:val="007640CB"/>
     <w:rsid w:val="00775883"/>
     <w:rsid w:val="007A34F9"/>
     <w:rsid w:val="007D085D"/>
     <w:rsid w:val="007D4F57"/>
     <w:rsid w:val="007D7DE8"/>
     <w:rsid w:val="007E548F"/>
     <w:rsid w:val="007F4777"/>
     <w:rsid w:val="007F7E9C"/>
     <w:rsid w:val="0080106D"/>
     <w:rsid w:val="008036F7"/>
     <w:rsid w:val="0080589F"/>
     <w:rsid w:val="00810A59"/>
     <w:rsid w:val="00813784"/>
     <w:rsid w:val="0083561B"/>
     <w:rsid w:val="008439EB"/>
     <w:rsid w:val="00852B42"/>
     <w:rsid w:val="0085602F"/>
     <w:rsid w:val="008578DC"/>
     <w:rsid w:val="0087440D"/>
     <w:rsid w:val="00874D3E"/>
     <w:rsid w:val="008E0814"/>
     <w:rsid w:val="00905156"/>
     <w:rsid w:val="009257AF"/>
     <w:rsid w:val="00926FD5"/>
+    <w:rsid w:val="009353B0"/>
     <w:rsid w:val="009479BE"/>
     <w:rsid w:val="00963A57"/>
     <w:rsid w:val="009645F3"/>
     <w:rsid w:val="00971CB6"/>
     <w:rsid w:val="00973D4C"/>
     <w:rsid w:val="009741D7"/>
     <w:rsid w:val="00986765"/>
     <w:rsid w:val="009B08EE"/>
     <w:rsid w:val="009B5047"/>
     <w:rsid w:val="009C5DF5"/>
     <w:rsid w:val="009D674B"/>
     <w:rsid w:val="009E1714"/>
     <w:rsid w:val="009F0A62"/>
     <w:rsid w:val="00A0265F"/>
     <w:rsid w:val="00A11FD4"/>
     <w:rsid w:val="00A146F7"/>
     <w:rsid w:val="00A1520D"/>
     <w:rsid w:val="00A21EA7"/>
     <w:rsid w:val="00A33EBE"/>
     <w:rsid w:val="00A419F2"/>
     <w:rsid w:val="00A64389"/>
     <w:rsid w:val="00A65096"/>
     <w:rsid w:val="00A67242"/>
     <w:rsid w:val="00A75E01"/>
     <w:rsid w:val="00A8354B"/>
     <w:rsid w:val="00A87FD5"/>
     <w:rsid w:val="00A9486B"/>
     <w:rsid w:val="00A94D59"/>
     <w:rsid w:val="00A952F2"/>
     <w:rsid w:val="00AB4417"/>
     <w:rsid w:val="00AC4FC2"/>
     <w:rsid w:val="00AF0401"/>
     <w:rsid w:val="00B02425"/>
     <w:rsid w:val="00B046A1"/>
     <w:rsid w:val="00B2040C"/>
     <w:rsid w:val="00B22BC2"/>
     <w:rsid w:val="00B36712"/>
     <w:rsid w:val="00B42FBC"/>
     <w:rsid w:val="00B63018"/>
     <w:rsid w:val="00B65E69"/>
     <w:rsid w:val="00BC7B95"/>
     <w:rsid w:val="00BD28F8"/>
     <w:rsid w:val="00BE2934"/>
     <w:rsid w:val="00BF454F"/>
+    <w:rsid w:val="00C05956"/>
     <w:rsid w:val="00C16CC4"/>
     <w:rsid w:val="00C2510E"/>
     <w:rsid w:val="00C27548"/>
     <w:rsid w:val="00C472C6"/>
     <w:rsid w:val="00C52C6E"/>
     <w:rsid w:val="00C60CD9"/>
     <w:rsid w:val="00C71F25"/>
     <w:rsid w:val="00C82340"/>
+    <w:rsid w:val="00C973BD"/>
     <w:rsid w:val="00CA4A90"/>
     <w:rsid w:val="00CB12FF"/>
+    <w:rsid w:val="00CB7DC0"/>
     <w:rsid w:val="00CC3227"/>
     <w:rsid w:val="00CC6BF4"/>
     <w:rsid w:val="00CD4D02"/>
     <w:rsid w:val="00CD6D29"/>
     <w:rsid w:val="00CE0238"/>
     <w:rsid w:val="00CF0536"/>
     <w:rsid w:val="00CF0743"/>
+    <w:rsid w:val="00D06318"/>
     <w:rsid w:val="00D12900"/>
     <w:rsid w:val="00D20CBF"/>
     <w:rsid w:val="00D21C9A"/>
     <w:rsid w:val="00D223B6"/>
     <w:rsid w:val="00D26017"/>
     <w:rsid w:val="00D26B3C"/>
     <w:rsid w:val="00D33F73"/>
     <w:rsid w:val="00D51335"/>
     <w:rsid w:val="00D65751"/>
     <w:rsid w:val="00D70498"/>
     <w:rsid w:val="00D73476"/>
     <w:rsid w:val="00D80943"/>
     <w:rsid w:val="00D80EDC"/>
     <w:rsid w:val="00D8585C"/>
     <w:rsid w:val="00D90A27"/>
     <w:rsid w:val="00D921A6"/>
     <w:rsid w:val="00DA1346"/>
     <w:rsid w:val="00DA5F0A"/>
     <w:rsid w:val="00DB7563"/>
+    <w:rsid w:val="00DC168E"/>
     <w:rsid w:val="00DE2375"/>
     <w:rsid w:val="00DE7851"/>
     <w:rsid w:val="00DF426F"/>
     <w:rsid w:val="00E32737"/>
     <w:rsid w:val="00E52BDE"/>
+    <w:rsid w:val="00E55137"/>
     <w:rsid w:val="00E6010F"/>
     <w:rsid w:val="00E7429B"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E80B4B"/>
     <w:rsid w:val="00E85830"/>
     <w:rsid w:val="00E95049"/>
     <w:rsid w:val="00EF56FB"/>
     <w:rsid w:val="00F02050"/>
     <w:rsid w:val="00F30551"/>
     <w:rsid w:val="00F36C52"/>
     <w:rsid w:val="00F42425"/>
     <w:rsid w:val="00F502D6"/>
     <w:rsid w:val="00F70673"/>
     <w:rsid w:val="00F75EB4"/>
     <w:rsid w:val="00F828B2"/>
     <w:rsid w:val="00FA215B"/>
     <w:rsid w:val="00FB1F7D"/>
+    <w:rsid w:val="00FC2D96"/>
     <w:rsid w:val="00FD4C57"/>
     <w:rsid w:val="00FE04B7"/>
     <w:rsid w:val="00FF467A"/>
     <w:rsid w:val="00FF65C1"/>
     <w:rsid w:val="00FF7751"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -1265,73 +1291,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>222</Words>
-  <Characters>1296</Characters>
+  <Words>233</Words>
+  <Characters>1332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1499</CharactersWithSpaces>
+  <CharactersWithSpaces>1562</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stephanie Tuin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>a4dc8332-1b5a-4897-ae84-adcdea19557c</vt:lpwstr>
   </property>
 </Properties>
 </file>