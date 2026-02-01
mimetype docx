--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -160,50 +160,55 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Attachments:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F58DA59" w14:textId="77777777" w:rsidR="00852659" w:rsidRDefault="00852659" w:rsidP="00852659"/>
     <w:p w14:paraId="7EBD5BF3" w14:textId="77777777" w:rsidR="00852659" w:rsidRDefault="00852659" w:rsidP="00852659">
       <w:r>
         <w:t>Resolution adopted 9/18/74 creating the Housing Authority</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="417D6E64" w14:textId="77777777" w:rsidR="00852659" w:rsidRDefault="00852659" w:rsidP="00852659">
       <w:r>
         <w:t>Resolution No. 62-98 adopted 9/16/98 removing the City resident requirement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0400C893" w14:textId="77777777" w:rsidR="00852659" w:rsidRDefault="00852659" w:rsidP="00852659">
       <w:r>
         <w:t>Resolution No. 109-99 adopted 9/15/99 increasing the number of board members</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D1B6581" w14:textId="77777777" w:rsidR="00852659" w:rsidRDefault="00852659" w:rsidP="00852659">
       <w:r>
         <w:t>By-laws (2012)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B79C185" w14:textId="7E8571AD" w:rsidR="00E560DA" w:rsidRDefault="00E560DA" w:rsidP="00852659">
+      <w:r>
+        <w:t>Title 29</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F11BEE3" w14:textId="77777777" w:rsidR="00852659" w:rsidRDefault="00852659" w:rsidP="00852659"/>
     <w:p w14:paraId="36D4C6B5" w14:textId="77777777" w:rsidR="00852659" w:rsidRDefault="00852659" w:rsidP="009035C4"/>
     <w:p w14:paraId="1BD7E918" w14:textId="77777777" w:rsidR="009035C4" w:rsidRDefault="009035C4" w:rsidP="009035C4"/>
     <w:p w14:paraId="4516014E" w14:textId="77777777" w:rsidR="008A3E64" w:rsidRDefault="008A3E64" w:rsidP="009035C4"/>
     <w:sectPr w:rsidR="008A3E64">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -353,67 +358,57 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2111968060">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNzI1N7W0tDQ2MzSyNDJV0lEKTi0uzszPAykwrAUAjQA9siwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="009035C4"/>
     <w:rsid w:val="000002B5"/>
     <w:rsid w:val="000065C5"/>
     <w:rsid w:val="00012BE4"/>
     <w:rsid w:val="000419EC"/>
     <w:rsid w:val="00045743"/>
     <w:rsid w:val="00046CBE"/>
     <w:rsid w:val="000604A7"/>
     <w:rsid w:val="000D0F42"/>
     <w:rsid w:val="000E173B"/>
     <w:rsid w:val="000F55F8"/>
@@ -517,60 +512,62 @@
     <w:rsid w:val="00A959CB"/>
     <w:rsid w:val="00AC6EC3"/>
     <w:rsid w:val="00AE4CA9"/>
     <w:rsid w:val="00AE6054"/>
     <w:rsid w:val="00AE6A98"/>
     <w:rsid w:val="00AE76E1"/>
     <w:rsid w:val="00AF1CE6"/>
     <w:rsid w:val="00B00AFA"/>
     <w:rsid w:val="00B02DB1"/>
     <w:rsid w:val="00B07FBB"/>
     <w:rsid w:val="00B139E0"/>
     <w:rsid w:val="00B15B6A"/>
     <w:rsid w:val="00B22F7C"/>
     <w:rsid w:val="00B6718A"/>
     <w:rsid w:val="00B92E62"/>
     <w:rsid w:val="00BC6AD9"/>
     <w:rsid w:val="00BE1AE9"/>
     <w:rsid w:val="00C237A3"/>
     <w:rsid w:val="00C35AB4"/>
     <w:rsid w:val="00C40232"/>
     <w:rsid w:val="00C43DBB"/>
     <w:rsid w:val="00C55E95"/>
     <w:rsid w:val="00C56657"/>
     <w:rsid w:val="00CA0066"/>
     <w:rsid w:val="00CF7A12"/>
+    <w:rsid w:val="00D10894"/>
     <w:rsid w:val="00D22AA5"/>
     <w:rsid w:val="00D870E9"/>
     <w:rsid w:val="00DA5106"/>
     <w:rsid w:val="00DB19F3"/>
     <w:rsid w:val="00DB6198"/>
     <w:rsid w:val="00E01C4E"/>
     <w:rsid w:val="00E06E5D"/>
     <w:rsid w:val="00E21773"/>
     <w:rsid w:val="00E24130"/>
     <w:rsid w:val="00E550A1"/>
+    <w:rsid w:val="00E560DA"/>
     <w:rsid w:val="00E579D1"/>
     <w:rsid w:val="00E63CFC"/>
     <w:rsid w:val="00E7452F"/>
     <w:rsid w:val="00ED31F9"/>
     <w:rsid w:val="00EE1097"/>
     <w:rsid w:val="00EE3C58"/>
     <w:rsid w:val="00EE4B92"/>
     <w:rsid w:val="00F117E7"/>
     <w:rsid w:val="00F35BB3"/>
     <w:rsid w:val="00F414BC"/>
     <w:rsid w:val="00F43EFF"/>
     <w:rsid w:val="00F446BD"/>
     <w:rsid w:val="00F57BD4"/>
     <w:rsid w:val="00F644FA"/>
     <w:rsid w:val="00F65B24"/>
     <w:rsid w:val="00F70C9E"/>
     <w:rsid w:val="00F73C6B"/>
     <w:rsid w:val="00F76ECD"/>
     <w:rsid w:val="00F82FAE"/>
     <w:rsid w:val="00FC4388"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -978,50 +975,51 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009035C4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
@@ -1305,74 +1303,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>159</Words>
-  <Characters>907</Characters>
+  <Words>160</Words>
+  <Characters>915</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1064</CharactersWithSpaces>
+  <CharactersWithSpaces>1073</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stephanie Tuin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>b4e2c34c-11ce-4a8f-a703-cb429d34b381</vt:lpwstr>
   </property>
 </Properties>
 </file>