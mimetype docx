--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -1,47 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6106533A" w14:textId="77777777" w:rsidR="007F129B" w:rsidRPr="00BB4725" w:rsidRDefault="007F129B" w:rsidP="007F129B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB4725">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Historic Preservation Board</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AB3C70A" w14:textId="77777777" w:rsidR="007F129B" w:rsidRPr="00BB4725" w:rsidRDefault="007F129B" w:rsidP="007F129B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB4725">
         <w:rPr>
           <w:b/>
@@ -91,190 +92,223 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2A21B3C3" w14:textId="77777777" w:rsidR="007F129B" w:rsidRDefault="007F129B" w:rsidP="007F129B"/>
     <w:p w14:paraId="69FA0033" w14:textId="77777777" w:rsidR="007F129B" w:rsidRDefault="007F129B" w:rsidP="007F129B">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Mission/Purpose:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36E6A5DB" w14:textId="77777777" w:rsidR="007F129B" w:rsidRDefault="007F129B" w:rsidP="007F129B"/>
     <w:p w14:paraId="497589AA" w14:textId="77777777" w:rsidR="007F129B" w:rsidRDefault="00F35310" w:rsidP="007F129B">
       <w:r>
         <w:t>The protection and preservation of the City’s architectural, historic and cultural heritage</w:t>
       </w:r>
       <w:r w:rsidR="007F129B">
         <w:t>.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">  The HPB makes recommendations to the City Council for designation of historic structures, sites or districts, assists in public education programs and conduct surveys of historic site, properties and areas.  As of 2012, the HPB also makes decisions on applications for a Certificate of Appropriateness for alternation to a site and/or structure in the North Seventh Street Historic Residential District.</w:t>
+        <w:t xml:space="preserve">  The HPB makes recommendations to the City Council for designation of historic structures, sites or districts, assists in public education programs and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>conduct</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> surveys of historic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>site</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, properties and areas.  As of 2012, the HPB also makes decisions on applications for a Certificate of Appropriateness for alternation to a site and/or structure in the North Seventh Street Historic Residential District.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D2F270F" w14:textId="77777777" w:rsidR="007F129B" w:rsidRDefault="007F129B" w:rsidP="007F129B"/>
     <w:p w14:paraId="54FA3E4B" w14:textId="77777777" w:rsidR="007F129B" w:rsidRDefault="007F129B" w:rsidP="007F129B">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Membership/Terms:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F34A6E7" w14:textId="77777777" w:rsidR="007F129B" w:rsidRDefault="007F129B" w:rsidP="007F129B"/>
     <w:p w14:paraId="41F3B5B9" w14:textId="77777777" w:rsidR="007F129B" w:rsidRDefault="007F129B" w:rsidP="007F129B">
       <w:r>
         <w:t>Membership for HPB can consist of five to seven members with a majority having expertise in a preservation-related field including history, architecture, planning or archaeology</w:t>
       </w:r>
       <w:r w:rsidR="00F35310">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r>
-        <w:t>One member shall be a board member or employee of the DDA.  Members serve four year (staggered) terms.</w:t>
+        <w:t xml:space="preserve">One member shall be a board member or employee of the DDA.  Members serve </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>four year</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (staggered) terms.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8F50D3" w14:textId="77777777" w:rsidR="007F129B" w:rsidRDefault="007F129B" w:rsidP="007F129B"/>
     <w:p w14:paraId="1FC05724" w14:textId="77777777" w:rsidR="00F35310" w:rsidRDefault="00F35310" w:rsidP="00F35310">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Attachments:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DBB6C7" w14:textId="77777777" w:rsidR="00F35310" w:rsidRDefault="00F35310" w:rsidP="00F35310"/>
     <w:p w14:paraId="77FFBAB2" w14:textId="77777777" w:rsidR="00F35310" w:rsidRDefault="00F35310" w:rsidP="00F35310">
       <w:r>
         <w:t>Ordinance No. 2765, adopted 8/17/94 creating the HPB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28AA26AB" w14:textId="77777777" w:rsidR="00F35310" w:rsidRDefault="00F35310" w:rsidP="00F35310">
       <w:r>
         <w:t>Ordinance No. 2802, adopted 1/4/95, amending the composition of the board</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="229A2618" w14:textId="77777777" w:rsidR="00A84E91" w:rsidRDefault="00A84E91" w:rsidP="00F35310">
       <w:r>
         <w:t xml:space="preserve">Ordinance No. 4508, adopted 3/21/12 establishing the North Seventh Street Historic </w:t>
       </w:r>
       <w:r w:rsidR="002074F9">
         <w:tab/>
         <w:t xml:space="preserve">Residential </w:t>
       </w:r>
       <w:r>
         <w:t>District Guidelines</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB4347F" w14:textId="77777777" w:rsidR="00F35310" w:rsidRDefault="00F35310" w:rsidP="00F35310">
       <w:r>
-        <w:t xml:space="preserve">Ordinance No. 4509, adopted 3/21/12, providing the HPB authority over the North </w:t>
+        <w:t xml:space="preserve">Ordinance No. 4509, adopted 3/21/12, providing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the HPB</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> authority over the North </w:t>
       </w:r>
       <w:r w:rsidR="00A955DF">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Seventh Street Historic Residential District</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324EB472" w14:textId="77777777" w:rsidR="00A84E91" w:rsidRDefault="00A84E91" w:rsidP="00F35310">
       <w:r>
         <w:t>Zoning and Development Code Section 21.07.040 Historic Preservation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="106D37C2" w14:textId="77777777" w:rsidR="00A955DF" w:rsidRDefault="00A955DF" w:rsidP="00F35310">
       <w:r>
         <w:t>North Seventh Street Historic Residential District Standards and Guidelines</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4900C5BF" w14:textId="77777777" w:rsidR="00DE59EC" w:rsidRDefault="00DE59EC" w:rsidP="00F35310">
       <w:r>
         <w:t>By-laws</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAF1A09" w14:textId="77777777" w:rsidR="00F35310" w:rsidRDefault="00F35310" w:rsidP="007F129B"/>
     <w:p w14:paraId="0186A975" w14:textId="77777777" w:rsidR="002127F7" w:rsidRDefault="002127F7" w:rsidP="007F129B"/>
     <w:sectPr w:rsidR="002127F7" w:rsidSect="002127F7">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNzI1NzM0MzcwMjQwNTFU0lEKTi0uzszPAykwrAUAn1bcqSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007F129B"/>
     <w:rsid w:val="00007264"/>
     <w:rsid w:val="00035B52"/>
     <w:rsid w:val="000470FA"/>
     <w:rsid w:val="00055A0E"/>
     <w:rsid w:val="00066FFE"/>
     <w:rsid w:val="0007272B"/>
     <w:rsid w:val="0007510D"/>
     <w:rsid w:val="00082F9B"/>
     <w:rsid w:val="00090A7D"/>
     <w:rsid w:val="000C5860"/>
     <w:rsid w:val="000D1D8F"/>
     <w:rsid w:val="000E6254"/>
     <w:rsid w:val="000E6A1C"/>
@@ -393,54 +427,56 @@
     <w:rsid w:val="006E3786"/>
     <w:rsid w:val="006E7310"/>
     <w:rsid w:val="006E7AB7"/>
     <w:rsid w:val="006F0643"/>
     <w:rsid w:val="007107D8"/>
     <w:rsid w:val="0072146F"/>
     <w:rsid w:val="00737B00"/>
     <w:rsid w:val="00757A50"/>
     <w:rsid w:val="007640CB"/>
     <w:rsid w:val="00775883"/>
     <w:rsid w:val="007A34F9"/>
     <w:rsid w:val="007D085D"/>
     <w:rsid w:val="007D4F57"/>
     <w:rsid w:val="007D7DE8"/>
     <w:rsid w:val="007E548F"/>
     <w:rsid w:val="007F129B"/>
     <w:rsid w:val="007F4777"/>
     <w:rsid w:val="007F7E9C"/>
     <w:rsid w:val="0080106D"/>
     <w:rsid w:val="0080589F"/>
     <w:rsid w:val="00810A59"/>
     <w:rsid w:val="00813784"/>
     <w:rsid w:val="0083561B"/>
     <w:rsid w:val="008439EB"/>
     <w:rsid w:val="00852B42"/>
+    <w:rsid w:val="008556E2"/>
     <w:rsid w:val="0085602F"/>
     <w:rsid w:val="008578DC"/>
     <w:rsid w:val="0087440D"/>
     <w:rsid w:val="00874D3E"/>
+    <w:rsid w:val="00877A43"/>
     <w:rsid w:val="008E0814"/>
     <w:rsid w:val="00905156"/>
     <w:rsid w:val="009257AF"/>
     <w:rsid w:val="00926FD5"/>
     <w:rsid w:val="009479BE"/>
     <w:rsid w:val="00963A57"/>
     <w:rsid w:val="009645F3"/>
     <w:rsid w:val="00971CB6"/>
     <w:rsid w:val="00973D4C"/>
     <w:rsid w:val="009741D7"/>
     <w:rsid w:val="00986765"/>
     <w:rsid w:val="009B08EE"/>
     <w:rsid w:val="009B5047"/>
     <w:rsid w:val="009C5DF5"/>
     <w:rsid w:val="009D674B"/>
     <w:rsid w:val="009E1714"/>
     <w:rsid w:val="009F0A62"/>
     <w:rsid w:val="00A11FD4"/>
     <w:rsid w:val="00A146F7"/>
     <w:rsid w:val="00A1520D"/>
     <w:rsid w:val="00A21EA7"/>
     <w:rsid w:val="00A33EBE"/>
     <w:rsid w:val="00A419F2"/>
     <w:rsid w:val="00A64389"/>
     <w:rsid w:val="00A65096"/>
@@ -539,51 +575,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2849D985"/>
   <w15:docId w15:val="{B717AD36-731B-4277-8A11-EE57A9B902B6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -710,51 +746,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -976,51 +1012,51 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1273,66 +1309,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>221</Words>
-  <Characters>1260</Characters>
+  <Words>202</Words>
+  <Characters>1279</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1479</CharactersWithSpaces>
+  <CharactersWithSpaces>1463</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stephanie Tuin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>696616d5-0ecd-46a7-ab01-441914e38a49</vt:lpwstr>
+  </property>
+</Properties>
+</file>