--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -1,46 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="718B6A5D" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
@@ -315,69 +311,91 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48EDFCE7" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Receives direction from the City Manager.</w:t>
+        <w:t xml:space="preserve">Receives </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>direction</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the City Manager.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D0C09C0" w14:textId="77777777" w:rsidR="00842E25" w:rsidRPr="004619C2" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004619C2">
-        <w:t>Exercises direct supervision over assigned staff.</w:t>
+        <w:t xml:space="preserve">Exercises direct supervision </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004619C2">
+        <w:t>over</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004619C2">
+        <w:t xml:space="preserve"> assigned staff.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DEF0CE" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60C8D198" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -623,78 +641,106 @@
     </w:p>
     <w:p w14:paraId="067D7FBF" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="179A7172" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Develop, coordinate, manage, and participate in programs and activities with outside agencies and organizations; lead or participate in variety of councils, committees, boards and community organizations; facilitate discussions and communication on behalf of the City.</w:t>
+        <w:t xml:space="preserve">Develop, coordinate, manage, and participate in programs and activities with outside agencies and organizations; lead or participate in variety of councils, committees, boards and community organizations; facilitate discussions and communication on behalf of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AFED897" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DC7D8D8" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Respond to requests or concerns from the general public, investigate, recommend and follow-up with appropriate action(s); involve appropriate staff with problem resolution.</w:t>
+        <w:t xml:space="preserve">Respond to requests or concerns from the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>, investigate, recommend and follow-up with appropriate action(s); involve appropriate staff with problem resolution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D6B4F4" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65E8D05A" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -1356,89 +1402,117 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Elicit community and organizational support for City programs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE81256" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Respond to requests and inquiries from the general public and City employees.</w:t>
+        <w:t xml:space="preserve">Respond to requests and inquiries from the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and City employees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="651444FB" w14:textId="77777777" w:rsidR="00842E25" w:rsidRPr="00970EA1" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Interpret and apply Federal, State and local policies, laws and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A745EC" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Operate and use modern office equipment including computer and various software applications.</w:t>
+        <w:t xml:space="preserve">Operate and use modern office equipment including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>computer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and various software applications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D32486D" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
@@ -1464,50 +1538,70 @@
         </w:rPr>
         <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A043B82" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779617C8" w14:textId="541B55F5" w:rsidR="00E762B4" w:rsidRDefault="00E762B4" w:rsidP="00842E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F6BDE12" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3833051F" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -2314,126 +2408,136 @@
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">physical </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>activities are very or extremely important in accompl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">ishing the job’s purpose and are </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>performed on a daily basis:</w:t>
+        <w:t xml:space="preserve">performed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>on a daily basis</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1756B879" w14:textId="77777777" w:rsidR="00842E25" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74EFB23A" w14:textId="77777777" w:rsidR="00842E25" w:rsidRPr="001C3822" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C3822">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>While performing the duties of this job, the employee is regularly required to sit, stand, walk, talk, hear, see and demonstrate manual dexterity. The employee is also required to perform light lifting. May be required to observe work site duties in outside environments with weather conditions that are hot, cold, or wet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A9544B9" w14:textId="77777777" w:rsidR="00842E25" w:rsidRPr="001C3822" w:rsidRDefault="00842E25" w:rsidP="00842E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2690AC9E" w14:textId="77777777" w:rsidR="008A4A58" w:rsidRPr="00842E25" w:rsidRDefault="008A4A58" w:rsidP="00842E25"/>
     <w:sectPr w:rsidR="008A4A58" w:rsidRPr="00842E25" w:rsidSect="003C0BA6">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77C3053A" w14:textId="77777777" w:rsidR="00030AA7" w:rsidRDefault="00030AA7">
+    <w:p w14:paraId="45E65CA3" w14:textId="77777777" w:rsidR="00CF0A98" w:rsidRDefault="00CF0A98">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67790FE6" w14:textId="77777777" w:rsidR="00030AA7" w:rsidRDefault="00030AA7">
+    <w:p w14:paraId="18470DC0" w14:textId="77777777" w:rsidR="00CF0A98" w:rsidRDefault="00CF0A98">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -2452,62 +2556,52 @@
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1A056A0D" w14:textId="77777777" w:rsidR="00242A92" w:rsidRDefault="00242A92">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32B9527A" w14:textId="77777777" w:rsidR="008A4A58" w:rsidRDefault="008A4A58"/>
-  <w:p w14:paraId="0A9DD948" w14:textId="4682399E" w:rsidR="008A4A58" w:rsidRDefault="008A4A58" w:rsidP="5054CD26">
+  <w:p w14:paraId="0A9DD948" w14:textId="1EABB7A5" w:rsidR="008A4A58" w:rsidRDefault="008A4A58" w:rsidP="5054CD26">
     <w:pPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="5054CD26">
       <w:rPr>
@@ -2593,134 +2687,126 @@
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D61447">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D61447">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D61447">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00242A92">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>11/12/</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00E762B4">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>2/08</w:t>
+    </w:r>
+    <w:r w:rsidR="00242A92">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="5054CD26">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E4D549F" w14:textId="77777777" w:rsidR="00030AA7" w:rsidRDefault="00030AA7">
+    <w:p w14:paraId="0D9B0131" w14:textId="77777777" w:rsidR="00CF0A98" w:rsidRDefault="00CF0A98">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26F6B196" w14:textId="77777777" w:rsidR="00030AA7" w:rsidRDefault="00030AA7">
+    <w:p w14:paraId="4B15BF13" w14:textId="77777777" w:rsidR="00CF0A98" w:rsidRDefault="00CF0A98">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16E3ED23" w14:textId="77777777" w:rsidR="008A4A58" w:rsidRPr="00CC53B2" w:rsidRDefault="008A4A58" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="410D1BE6" w14:textId="77777777" w:rsidR="008A4A58" w:rsidRPr="00CC53B2" w:rsidRDefault="008A4A58">
     <w:pPr>
@@ -2774,60 +2860,50 @@
   </w:p>
   <w:p w14:paraId="683AC0F6" w14:textId="77777777" w:rsidR="008A4A58" w:rsidRPr="00BE6C23" w:rsidRDefault="008A4A58" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00D6494E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="110C7AC2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -3920,50 +3996,51 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2137137749">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1511334892">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1214539037">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1495801557">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1978103319">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
@@ -4054,107 +4131,110 @@
     <w:rsid w:val="006B32B2"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006D0677"/>
     <w:rsid w:val="006D134A"/>
     <w:rsid w:val="006D6E36"/>
     <w:rsid w:val="006E4A3B"/>
     <w:rsid w:val="006F07AE"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="007078F1"/>
     <w:rsid w:val="00712574"/>
     <w:rsid w:val="0072742E"/>
     <w:rsid w:val="00735200"/>
     <w:rsid w:val="00771218"/>
     <w:rsid w:val="00771D62"/>
     <w:rsid w:val="00777DD2"/>
     <w:rsid w:val="00781415"/>
     <w:rsid w:val="007A17C9"/>
     <w:rsid w:val="007D0C26"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008341EA"/>
     <w:rsid w:val="00842E25"/>
     <w:rsid w:val="00843CC7"/>
     <w:rsid w:val="00875129"/>
     <w:rsid w:val="008A4A58"/>
     <w:rsid w:val="008B377C"/>
+    <w:rsid w:val="008C7C92"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008E38A3"/>
     <w:rsid w:val="008F19E0"/>
     <w:rsid w:val="009051F4"/>
     <w:rsid w:val="00916054"/>
     <w:rsid w:val="00917F76"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00944A5C"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="00995462"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009A5E05"/>
     <w:rsid w:val="009B2B2E"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009E7F63"/>
     <w:rsid w:val="009F2825"/>
     <w:rsid w:val="00A05715"/>
     <w:rsid w:val="00A408CE"/>
     <w:rsid w:val="00A93502"/>
     <w:rsid w:val="00AA08C1"/>
     <w:rsid w:val="00AC21F6"/>
     <w:rsid w:val="00AE3008"/>
     <w:rsid w:val="00B04A10"/>
     <w:rsid w:val="00B20668"/>
     <w:rsid w:val="00B373A7"/>
     <w:rsid w:val="00B40B02"/>
     <w:rsid w:val="00B77ACD"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B86922"/>
     <w:rsid w:val="00B94591"/>
     <w:rsid w:val="00B969A5"/>
     <w:rsid w:val="00BB40DA"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C27FCF"/>
     <w:rsid w:val="00C36526"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00C94D03"/>
     <w:rsid w:val="00C975C7"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00CD78AD"/>
+    <w:rsid w:val="00CF0A98"/>
     <w:rsid w:val="00D038B2"/>
     <w:rsid w:val="00D065AA"/>
     <w:rsid w:val="00D61447"/>
     <w:rsid w:val="00D67628"/>
     <w:rsid w:val="00DB10E3"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DD4403"/>
     <w:rsid w:val="00DE5EFA"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E679C5"/>
     <w:rsid w:val="00E7532B"/>
+    <w:rsid w:val="00E762B4"/>
     <w:rsid w:val="00E83F23"/>
     <w:rsid w:val="00EA24F7"/>
     <w:rsid w:val="00EB0A26"/>
     <w:rsid w:val="00EB3CCC"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00ED0BA3"/>
     <w:rsid w:val="00ED6D6E"/>
     <w:rsid w:val="00EF2E8C"/>
     <w:rsid w:val="00F171AF"/>
     <w:rsid w:val="00F1746E"/>
     <w:rsid w:val="00F80D95"/>
     <w:rsid w:val="00F85546"/>
     <w:rsid w:val="00F86DE8"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE3D24"/>
     <w:rsid w:val="408C29AF"/>
     <w:rsid w:val="5054CD26"/>
     <w:rsid w:val="50CCF9CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -4766,51 +4846,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1846360987">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="150"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5097,65 +5177,50 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5255,95 +5320,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E73423B0-61A2-4C52-8A9D-9BB73099E63E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2F7FDAD-7BA4-4DF2-84E1-EA036357A40D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{259ECDE6-EF83-4AB7-A0C5-01784A4B9AB3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1052</Words>
-  <Characters>5998</Characters>
+  <Words>1062</Words>
+  <Characters>6054</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
+  <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7036</CharactersWithSpaces>
+  <CharactersWithSpaces>7102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>